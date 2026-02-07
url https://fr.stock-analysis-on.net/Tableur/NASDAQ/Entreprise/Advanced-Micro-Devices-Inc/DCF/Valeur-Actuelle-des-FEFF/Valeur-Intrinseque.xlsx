--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Espace utilisateurs payants. Les données ne sont pas disponibles !</t>
   </si>
   <si>
     <t>Advanced Micro Devices Inc.</t>
   </si>
   <si>
     <t>Prévision de flux de trésorerie disponible à l’entreprise (FCFF)</t>
   </si>
   <si>
     <t>en millions de dollars américains, à l’exception des données par action</t>
   </si>
   <si>
     <t>Année</t>
   </si>
   <si>
     <t>Valeur</t>
   </si>
   <si>
     <t>FCFF(t) ou TV(t)</t>
   </si>
   <si>
-    <t>Valeur actualisée à 29.15%</t>
+    <t>Valeur actualisée à 29.17%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valeur intrinsèque du capital Advanced Micro Devices Inc.</t>
   </si>