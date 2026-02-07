--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -675,51 +675,51 @@
       <c r="B17" s="10">
         <v>24.25</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="10">
         <v>51.9</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="10">
         <v>9.97</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="10">
-        <v>27.48</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="21" spans="1:2" customHeight="1" ht="28.8">
       <c r="A21" s="8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="10">
         <v>71.89</v>
       </c>
     </row>
     <row r="23" spans="1:2" customHeight="1" ht="28.8">
       <c r="A23" s="8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="9" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="10">