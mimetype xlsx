--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1405,51 +1405,51 @@
       </c>
       <c r="L23" s="10">
         <v>11.92</v>
       </c>
       <c r="M23" s="10">
         <v>12.87</v>
       </c>
       <c r="N23" s="10">
         <v>9.75</v>
       </c>
       <c r="O23" s="10">
         <v>13.4</v>
       </c>
       <c r="P23" s="10">
         <v>13.56</v>
       </c>
       <c r="Q23" s="10">
         <v>21.24</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="10">
-        <v>0.0</v>
+        <v>40.19</v>
       </c>
       <c r="C24" s="10">
         <v>31.02</v>
       </c>
       <c r="D24" s="10">
         <v>34.52</v>
       </c>
       <c r="E24" s="10">
         <v>30.23</v>
       </c>
       <c r="F24" s="10">
         <v>34.72</v>
       </c>
       <c r="G24" s="10">
         <v>37.07</v>
       </c>
       <c r="H24" s="10">
         <v>34.079999999999998</v>
       </c>
       <c r="I24" s="10">
         <v>26.94</v>
       </c>
       <c r="J24" s="10">
         <v>22.24</v>
       </c>