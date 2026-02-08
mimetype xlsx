--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1405,51 +1405,51 @@
       </c>
       <c r="L23" s="10">
         <v>9.9</v>
       </c>
       <c r="M23" s="10">
         <v>10.47</v>
       </c>
       <c r="N23" s="10">
         <v>7.95</v>
       </c>
       <c r="O23" s="10">
         <v>11.41</v>
       </c>
       <c r="P23" s="10">
         <v>11.8</v>
       </c>
       <c r="Q23" s="10">
         <v>19.059999999999999</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="10">
-        <v>0.0</v>
+        <v>33.37</v>
       </c>
       <c r="C24" s="10">
         <v>26.4</v>
       </c>
       <c r="D24" s="10">
         <v>29.91</v>
       </c>
       <c r="E24" s="10">
         <v>26.77</v>
       </c>
       <c r="F24" s="10">
         <v>30.49</v>
       </c>
       <c r="G24" s="10">
         <v>32.74</v>
       </c>
       <c r="H24" s="10">
         <v>30.38</v>
       </c>
       <c r="I24" s="10">
         <v>23.82</v>
       </c>
       <c r="J24" s="10">
         <v>19.75</v>
       </c>