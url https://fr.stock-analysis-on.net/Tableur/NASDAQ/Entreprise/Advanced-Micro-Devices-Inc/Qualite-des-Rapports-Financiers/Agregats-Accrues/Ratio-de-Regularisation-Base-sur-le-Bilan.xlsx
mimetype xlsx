--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1055,63 +1055,63 @@
     <row r="31" spans="1:6">
       <c r="A31" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B31" s="14">
         <v>-0.1591</v>
       </c>
       <c r="C31" s="14">
         <v>0.0733</v>
       </c>
       <c r="D31" s="14">
         <v>-0.0553</v>
       </c>
       <c r="E31" s="14">
         <v>0.6849</v>
       </c>
       <c r="F31" s="14">
         <v>0.2256</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="14">
-        <v>0.0</v>
+        <v>0.1043</v>
       </c>
       <c r="C32" s="14">
         <v>0.1589</v>
       </c>
       <c r="D32" s="14">
         <v>0.3137</v>
       </c>
       <c r="E32" s="14">
         <v>0.2275</v>
       </c>
       <c r="F32" s="14">
-        <v>0.1848</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="33" spans="1:6" customHeight="1" ht="28.8">
       <c r="A33" s="12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="13" t="s">
         <v>28</v>
       </c>
       <c r="B34" s="14">
         <v>0.0</v>
       </c>
       <c r="C34" s="14">
         <v>0.1965</v>
       </c>
       <c r="D34" s="14">
         <v>0.0633</v>
       </c>
       <c r="E34" s="14">
         <v>0.2466</v>
       </c>
       <c r="F34" s="14">
         <v>0.0</v>