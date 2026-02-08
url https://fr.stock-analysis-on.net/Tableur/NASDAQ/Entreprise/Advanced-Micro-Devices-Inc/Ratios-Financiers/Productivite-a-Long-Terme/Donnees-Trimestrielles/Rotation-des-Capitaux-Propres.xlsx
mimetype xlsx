--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1287,51 +1287,51 @@
       </c>
       <c r="L21" s="13">
         <v>2.08</v>
       </c>
       <c r="M21" s="13">
         <v>2.28</v>
       </c>
       <c r="N21" s="13">
         <v>2.45</v>
       </c>
       <c r="O21" s="13">
         <v>2.63</v>
       </c>
       <c r="P21" s="13">
         <v>2.95</v>
       </c>
       <c r="Q21" s="13">
         <v>3.18</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="13">
-        <v>0.0</v>
+        <v>1.09</v>
       </c>
       <c r="C22" s="13">
         <v>1.04</v>
       </c>
       <c r="D22" s="13">
         <v>1.02</v>
       </c>
       <c r="E22" s="13">
         <v>0.98</v>
       </c>
       <c r="F22" s="13">
         <v>0.93</v>
       </c>
       <c r="G22" s="13">
         <v>0.91</v>
       </c>
       <c r="H22" s="13">
         <v>0.93</v>
       </c>
       <c r="I22" s="13">
         <v>0.99</v>
       </c>
       <c r="J22" s="13">
         <v>1.04</v>
       </c>