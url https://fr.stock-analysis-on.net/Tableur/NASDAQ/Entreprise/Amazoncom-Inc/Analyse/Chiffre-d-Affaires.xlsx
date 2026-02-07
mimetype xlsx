--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -518,223 +518,223 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="6">
+        <v>269287.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>247029.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>231872.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>220004.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>222075.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>197346.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="6">
+        <v>22561.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>21215.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>20030.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>18963.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>17075.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>16227.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6">
+        <v>172162.0</v>
+      </c>
+      <c r="C8" s="6">
         <v>156146.0</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>140053.0</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>117716.0</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>103366.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>80461.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="6">
+        <v>68635.0</v>
+      </c>
+      <c r="C9" s="6">
         <v>56214.0</v>
       </c>
-      <c r="C9" s="6">
+      <c r="D9" s="6">
         <v>46906.0</v>
       </c>
-      <c r="D9" s="6">
+      <c r="E9" s="6">
         <v>37739.0</v>
       </c>
-      <c r="E9" s="6">
+      <c r="F9" s="6">
         <v>31160.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>19773.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="6">
+        <v>49619.0</v>
+      </c>
+      <c r="C10" s="6">
         <v>44374.0</v>
       </c>
-      <c r="C10" s="6">
+      <c r="D10" s="6">
         <v>40209.0</v>
       </c>
-      <c r="D10" s="6">
+      <c r="E10" s="6">
         <v>35218.0</v>
       </c>
-      <c r="E10" s="6">
+      <c r="F10" s="6">
         <v>31768.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>25207.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="6">
+        <v>128725.0</v>
+      </c>
+      <c r="C11" s="6">
         <v>107556.0</v>
       </c>
-      <c r="C11" s="6">
+      <c r="D11" s="6">
         <v>90757.0</v>
       </c>
-      <c r="D11" s="6">
+      <c r="E11" s="6">
         <v>80096.0</v>
       </c>
-      <c r="E11" s="6">
+      <c r="F11" s="6">
         <v>62202.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>45370.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="6">
+        <v>5935.0</v>
+      </c>
+      <c r="C12" s="6">
         <v>5425.0</v>
       </c>
-      <c r="C12" s="6">
+      <c r="D12" s="6">
         <v>4958.0</v>
       </c>
-      <c r="D12" s="6">
+      <c r="E12" s="6">
         <v>4247.0</v>
       </c>
-      <c r="E12" s="6">
+      <c r="F12" s="6">
         <v>2176.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1680.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="8">
+        <v>716924.0</v>
+      </c>
+      <c r="C13" s="8">
         <v>637959.0</v>
       </c>
-      <c r="C13" s="8">
+      <c r="D13" s="8">
         <v>574785.0</v>
       </c>
-      <c r="D13" s="8">
+      <c r="E13" s="8">
         <v>513983.0</v>
       </c>
-      <c r="E13" s="8">
+      <c r="F13" s="8">
         <v>469822.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>386064.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="9"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
       <c r="E14" s="9"/>
       <c r="F14" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>