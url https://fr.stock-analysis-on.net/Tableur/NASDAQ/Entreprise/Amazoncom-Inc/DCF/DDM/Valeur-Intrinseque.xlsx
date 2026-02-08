--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Espace utilisateurs payants. Les données ne sont pas disponibles !</t>
   </si>
   <si>
     <t>Amazon.com Inc.</t>
   </si>
   <si>
     <t>Prévisions de dividendes par action (DPS)</t>
   </si>
   <si>
     <t>Année</t>
   </si>
   <si>
     <t>Valeur</t>
   </si>
   <si>
     <t>DPS(t) ou TV(t)</t>
   </si>
   <si>
-    <t>Valeur actualisée à 19.27%</t>
+    <t>Valeur actualisée à 22.10%</t>
   </si>
   <si>
     <t>DPS(0)</t>
   </si>
   <si>
     <t>DPS(1)</t>
   </si>
   <si>
     <t>DPS(2)</t>
   </si>
   <si>
     <t>DPS(3)</t>
   </si>
   <si>
     <t>DPS(4)</t>
   </si>
   <si>
     <t>DPS(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valeur intrinsèque de Amazon.com Inc. ’action ordinaire (par action)</t>
   </si>