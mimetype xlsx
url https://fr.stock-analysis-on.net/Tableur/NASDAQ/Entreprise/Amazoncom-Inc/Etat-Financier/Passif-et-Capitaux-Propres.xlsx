--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -83,51 +83,51 @@
   <si>
     <t>Dette à long terme, excluant la partie courante</t>
   </si>
   <si>
     <t>Autres passifs à long terme</t>
   </si>
   <si>
     <t>Passifs à long terme</t>
   </si>
   <si>
     <t>Total du passif</t>
   </si>
   <si>
     <t>Actions privilégiées, valeur nominale de 0,01 $ ; aucune action émise ou en circulation</t>
   </si>
   <si>
     <t>Actions ordinaires, valeur nominale de 0,01 $</t>
   </si>
   <si>
     <t>Stock de trésorerie, au prix coûtant</t>
   </si>
   <si>
     <t>Capital versé supplémentaire</t>
   </si>
   <si>
-    <t>Cumul des autres éléments du résultat global</t>
+    <t>Cumul des autres éléments du résultat étendu</t>
   </si>
   <si>
     <t>Bénéfices non répartis</t>
   </si>
   <si>
     <t>Capitaux propres</t>
   </si>
   <si>
     <t>Total du passif et des capitaux propres</t>
   </si>
   <si>
     <t>Source: https://fr.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-40C]d mmm yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
@@ -588,63 +588,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>5</v>