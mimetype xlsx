--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -646,243 +646,243 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="6">
+        <v>77670.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>59248.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>30425.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>-2722.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>33364.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21331.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="6">
+        <v>81813.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>72170.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>66062.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>70360.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>32574.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>31252.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6">
+        <v>-19969.0</v>
+      </c>
+      <c r="C8" s="6">
         <v>-15541.0</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>-11541.0</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>-20886.0</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>-19611.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>13481.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="8">
+        <v>139514.0</v>
+      </c>
+      <c r="C9" s="8">
         <v>115877.0</v>
       </c>
-      <c r="C9" s="8">
+      <c r="D9" s="8">
         <v>84946.0</v>
       </c>
-      <c r="D9" s="8">
+      <c r="E9" s="8">
         <v>46752.0</v>
       </c>
-      <c r="E9" s="8">
+      <c r="F9" s="8">
         <v>46327.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>66064.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="6">
+        <v>1567.0</v>
+      </c>
+      <c r="C10" s="6">
         <v>2045.0</v>
       </c>
-      <c r="C10" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D10" s="6">
+        <v>2521.0</v>
+      </c>
+      <c r="E10" s="6">
         <v>981.0</v>
       </c>
-      <c r="E10" s="6">
+      <c r="F10" s="6">
         <v>1549.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="6">
+        <v>-131819.0</v>
+      </c>
+      <c r="C11" s="6">
         <v>-82999.0</v>
       </c>
-      <c r="C11" s="6">
+      <c r="D11" s="6">
         <v>-52729.0</v>
       </c>
-      <c r="D11" s="6">
+      <c r="E11" s="6">
         <v>-63645.0</v>
       </c>
-      <c r="E11" s="6">
+      <c r="F11" s="6">
         <v>-61053.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-40140.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="6">
+        <v>3499.0</v>
+      </c>
+      <c r="C12" s="6">
         <v>5341.0</v>
       </c>
-      <c r="C12" s="6">
+      <c r="D12" s="6">
         <v>4596.0</v>
       </c>
-      <c r="D12" s="6">
+      <c r="E12" s="6">
         <v>5324.0</v>
       </c>
-      <c r="E12" s="6">
+      <c r="F12" s="6">
         <v>5657.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5096.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="6">
+        <v>-2911.0</v>
+      </c>
+      <c r="C13" s="6">
         <v>-854.0</v>
       </c>
-      <c r="C13" s="6">
+      <c r="D13" s="6">
         <v>-642.0</v>
       </c>
-      <c r="D13" s="6">
+      <c r="E13" s="6">
         <v>-675.0</v>
       </c>
-      <c r="E13" s="6">
+      <c r="F13" s="6">
         <v>-7061.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-11588.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="8">
+        <v>9850.0</v>
+      </c>
+      <c r="C14" s="8">
         <v>39410.0</v>
       </c>
-      <c r="C14" s="8">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="8">
+        <v>38692.0</v>
+      </c>
+      <c r="E14" s="8">
         <v>-11263.0</v>
       </c>
-      <c r="E14" s="8">
+      <c r="F14" s="8">
         <v>-14581.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>20869.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="10"/>
       <c r="C15" s="10"/>
       <c r="D15" s="10"/>
       <c r="E15" s="10"/>
       <c r="F15" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F12"/>
@@ -894,153 +894,153 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6" customHeight="1" ht="34.8">
       <c r="A6" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="13">
+        <v>0.196</v>
+      </c>
+      <c r="C7" s="13">
         <v>0.135</v>
       </c>
-      <c r="C7" s="13">
-[...1 lines deleted...]
-      </c>
       <c r="D7" s="13">
+        <v>0.19</v>
+      </c>
+      <c r="E7" s="13">
         <v>0.5419</v>
       </c>
-      <c r="E7" s="13">
+      <c r="F7" s="13">
         <v>0.1256</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.1184</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="6">
+        <v>1949.0</v>
+      </c>
+      <c r="C9" s="6">
         <v>2364.0</v>
       </c>
-      <c r="C9" s="6">
+      <c r="D9" s="6">
         <v>3112.0</v>
       </c>
-      <c r="D9" s="6">
+      <c r="E9" s="6">
         <v>2142.0</v>
       </c>
-      <c r="E9" s="6">
+      <c r="F9" s="6">
         <v>1772.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1630.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="6">
+        <v>382.0</v>
+      </c>
+      <c r="C10" s="6">
         <v>319.0</v>
       </c>
-      <c r="C10" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D10" s="6">
+        <v>591.0</v>
+      </c>
+      <c r="E10" s="6">
         <v>1161.0</v>
       </c>
-      <c r="E10" s="6">
+      <c r="F10" s="6">
         <v>223.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>193.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="8">
+        <v>1567.0</v>
+      </c>
+      <c r="C11" s="8">
         <v>2045.0</v>
       </c>
-      <c r="C11" s="8">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="8">
+        <v>2521.0</v>
+      </c>
+      <c r="E11" s="8">
         <v>981.0</v>
       </c>
-      <c r="E11" s="8">
+      <c r="F11" s="8">
         <v>1549.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="10"/>
       <c r="C12" s="10"/>
       <c r="D12" s="10"/>
       <c r="E12" s="10"/>
       <c r="F12" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B18"/>
@@ -1052,379 +1052,379 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="1" ht="34.8">
       <c r="A4" s="11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B5" s="6">
-        <v>2215406.0</v>
+        <v>2215422.0</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="6">
-        <v>39410.0</v>
+        <v>9850.0</v>
       </c>
     </row>
     <row r="7" spans="1:2" customHeight="1" ht="34.8">
       <c r="A7" s="11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="14">
-        <v>56.21</v>
+        <v>224.91999999999999</v>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="1" ht="28.8">
       <c r="A10" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="17">
         <v>24.51</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="17">
         <v>21.48</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="17">
         <v>40.1</v>
       </c>
     </row>
     <row r="14" spans="1:2" customHeight="1" ht="28.8">
       <c r="A14" s="15" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="17">
-        <v>42.74</v>
+        <v>42.88</v>
       </c>
     </row>
     <row r="16" spans="1:2" customHeight="1" ht="28.8">
       <c r="A16" s="15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="17">
-        <v>42.65</v>
+        <v>42.72</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B6" s="6">
+        <v>2215422.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>2395510.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>1776793.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>1075370.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>1582224.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1645118.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="6">
+        <v>9850.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>39410.0</v>
       </c>
-      <c r="C7" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D7" s="6">
+        <v>38692.0</v>
+      </c>
+      <c r="E7" s="6">
         <v>-11263.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>-14581.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>20869.0</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="14">
+        <v>224.91999999999999</v>
+      </c>
+      <c r="C9" s="14">
         <v>60.78</v>
       </c>
-      <c r="C9" s="14">
+      <c r="D9" s="14">
         <v>45.92</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="E9" s="14">
         <v>0.0</v>
       </c>
       <c r="F9" s="14">
-        <v>78.83</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="17">
+        <v>22.58</v>
+      </c>
+      <c r="C12" s="17">
         <v>21.94</v>
       </c>
-      <c r="C12" s="17">
+      <c r="D12" s="17">
         <v>27.17</v>
       </c>
-      <c r="D12" s="17">
+      <c r="E12" s="17">
         <v>25.12</v>
       </c>
-      <c r="E12" s="17">
+      <c r="F12" s="17">
         <v>20.22</v>
-      </c>
-[...1 lines deleted...]
-        <v>19.11</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="17">
+        <v>18.55</v>
+      </c>
+      <c r="C13" s="17">
         <v>24.69</v>
-      </c>
-[...1 lines deleted...]
-        <v>19.56</v>
       </c>
       <c r="D13" s="17">
         <v>19.56</v>
       </c>
       <c r="E13" s="17">
+        <v>19.56</v>
+      </c>
+      <c r="F13" s="17">
         <v>14.88</v>
-      </c>
-[...1 lines deleted...]
-        <v>20.95</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B14" s="17">
+        <v>32.22</v>
+      </c>
+      <c r="C14" s="17">
         <v>24.44</v>
       </c>
-      <c r="C14" s="17">
+      <c r="D14" s="17">
         <v>31.93</v>
       </c>
-      <c r="D14" s="17">
+      <c r="E14" s="17">
         <v>33.030000000000001</v>
       </c>
-      <c r="E14" s="17">
+      <c r="F14" s="17">
         <v>18.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>19.079999999999998</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="15" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="17">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="17">
         <v>44.15</v>
       </c>
-      <c r="C16" s="17">
+      <c r="D16" s="17">
         <v>38.32</v>
       </c>
-      <c r="D16" s="17">
+      <c r="E16" s="17">
         <v>111.040000000000006</v>
       </c>
-      <c r="E16" s="17">
+      <c r="F16" s="17">
         <v>130.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B18" s="17">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="17">
         <v>41.98</v>
       </c>
-      <c r="C18" s="17">
+      <c r="D18" s="17">
         <v>33.07</v>
       </c>
-      <c r="D18" s="17">
+      <c r="E18" s="17">
         <v>51.090000000000003</v>
       </c>
-      <c r="E18" s="17">
+      <c r="F18" s="17">
         <v>60.31</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>