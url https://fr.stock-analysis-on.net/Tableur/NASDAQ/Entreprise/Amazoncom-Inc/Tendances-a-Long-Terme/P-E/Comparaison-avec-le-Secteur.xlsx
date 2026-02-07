--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -445,303 +445,314 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C25"/>
+  <dimension ref="A1:C26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C25" sqref="C25"/>
+      <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="5">
-        <v>45695</v>
+        <v>46059</v>
       </c>
       <c r="B5" s="6">
-        <v>40.99</v>
+        <v>29.07</v>
       </c>
       <c r="C5" s="6">
-        <v>35.33</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="5">
-        <v>45324</v>
+        <v>45695</v>
       </c>
       <c r="B6" s="6">
-        <v>58.66</v>
+        <v>40.99</v>
       </c>
       <c r="C6" s="6">
-        <v>39.66</v>
+        <v>35.33</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="5">
-        <v>44960</v>
+        <v>45324</v>
       </c>
       <c r="B7" s="6">
-        <v>0.0</v>
+        <v>58.66</v>
       </c>
       <c r="C7" s="6">
-        <v>63.32</v>
+        <v>39.66</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="5">
-        <v>44596</v>
+        <v>44960</v>
       </c>
       <c r="B8" s="6">
-        <v>48.079999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="C8" s="6">
-        <v>40.84</v>
+        <v>63.32</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="5">
-        <v>44230</v>
+        <v>44596</v>
       </c>
       <c r="B9" s="6">
-        <v>78.2</v>
+        <v>48.079999999999998</v>
       </c>
       <c r="C9" s="6">
-        <v>49.11</v>
+        <v>40.84</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="5">
-        <v>43861</v>
+        <v>44230</v>
       </c>
       <c r="B10" s="6">
-        <v>86.3</v>
+        <v>78.2</v>
       </c>
       <c r="C10" s="6">
-        <v>48.49</v>
+        <v>49.11</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="5">
-        <v>43497</v>
+        <v>43861</v>
       </c>
       <c r="B11" s="6">
-        <v>79.3</v>
+        <v>86.3</v>
       </c>
       <c r="C11" s="6">
-        <v>45.41</v>
+        <v>48.49</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="5">
-        <v>43133</v>
+        <v>43497</v>
       </c>
       <c r="B12" s="6">
-        <v>228.25</v>
+        <v>79.3</v>
       </c>
       <c r="C12" s="6">
-        <v>60.5</v>
+        <v>45.41</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="5">
-        <v>42776</v>
+        <v>43133</v>
       </c>
       <c r="B13" s="6">
-        <v>166.52000000000001</v>
+        <v>228.25</v>
       </c>
       <c r="C13" s="6">
-        <v>47.75</v>
+        <v>60.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="5">
-        <v>42398</v>
+        <v>42776</v>
       </c>
       <c r="B14" s="6">
-        <v>463.73000000000002</v>
+        <v>166.52000000000001</v>
       </c>
       <c r="C14" s="6">
-        <v>45.72</v>
+        <v>47.75</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="5">
-        <v>42034</v>
+        <v>42398</v>
       </c>
       <c r="B15" s="6">
-        <v>0.0</v>
+        <v>463.73000000000002</v>
       </c>
       <c r="C15" s="6">
-        <v>38.28</v>
+        <v>45.72</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="5">
-        <v>41670</v>
+        <v>42034</v>
       </c>
       <c r="B16" s="6">
-        <v>601.07000000000005</v>
+        <v>0.0</v>
       </c>
       <c r="C16" s="6">
-        <v>39.66</v>
+        <v>38.28</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="5">
-        <v>41304</v>
+        <v>41670</v>
       </c>
       <c r="B17" s="6">
-        <v>0.0</v>
+        <v>601.07000000000005</v>
       </c>
       <c r="C17" s="6">
-        <v>37.17</v>
+        <v>39.66</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="5">
-        <v>40940</v>
+        <v>41304</v>
       </c>
       <c r="B18" s="6">
-        <v>129.38</v>
+        <v>0.0</v>
       </c>
       <c r="C18" s="6">
-        <v>26.94</v>
+        <v>37.17</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="5">
-        <v>40571</v>
+        <v>40940</v>
       </c>
       <c r="B19" s="6">
-        <v>67.019999999999996</v>
+        <v>129.38</v>
       </c>
       <c r="C19" s="6">
-        <v>27.21</v>
+        <v>26.94</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="5">
-        <v>40207</v>
+        <v>40571</v>
       </c>
       <c r="B20" s="6">
-        <v>61.8</v>
+        <v>67.019999999999996</v>
       </c>
       <c r="C20" s="6">
-        <v>21.68</v>
+        <v>27.21</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="5">
-        <v>39843</v>
+        <v>40207</v>
       </c>
       <c r="B21" s="6">
-        <v>39.07</v>
+        <v>61.8</v>
       </c>
       <c r="C21" s="6">
-        <v>14.47</v>
+        <v>21.68</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="5">
-        <v>39489</v>
+        <v>39843</v>
       </c>
       <c r="B22" s="6">
-        <v>65.84999999999999</v>
+        <v>39.07</v>
       </c>
       <c r="C22" s="6">
-        <v>16.25</v>
+        <v>14.47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="5">
-        <v>39129</v>
+        <v>39489</v>
       </c>
       <c r="B23" s="6">
-        <v>88.17</v>
+        <v>65.84999999999999</v>
       </c>
       <c r="C23" s="6">
-        <v>17.92</v>
+        <v>16.25</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="5">
+        <v>39129</v>
+      </c>
+      <c r="B24" s="6">
+        <v>88.17</v>
+      </c>
+      <c r="C24" s="6">
+        <v>17.92</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="5">
         <v>38765</v>
       </c>
-      <c r="B24" s="6">
+      <c r="B25" s="6">
         <v>45.52</v>
       </c>
-      <c r="C24" s="6">
+      <c r="C25" s="6">
         <v>18.45</v>
       </c>
     </row>
-    <row r="25" spans="1:3">
-      <c r="A25" s="7" t="s">
+    <row r="26" spans="1:3">
+      <c r="A26" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="B25" s="7"/>
-      <c r="C25" s="7"/>
+      <c r="B26" s="7"/>
+      <c r="C26" s="7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">