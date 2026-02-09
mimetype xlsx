--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1040,60 +1040,60 @@
       <c r="B18" s="14">
         <v>0.41</v>
       </c>
       <c r="C18" s="14">
         <v>0.41</v>
       </c>
       <c r="D18" s="14">
         <v>0.42</v>
       </c>
       <c r="E18" s="14">
         <v>0.43</v>
       </c>
       <c r="F18" s="14">
         <v>0.43</v>
       </c>
       <c r="G18" s="14">
         <v>0.43</v>
       </c>
       <c r="H18" s="14">
         <v>0.41</v>
       </c>
       <c r="I18" s="14">
         <v>0.4</v>
       </c>
       <c r="J18" s="14">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
       <c r="K18" s="14">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
       <c r="L18" s="14">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="M18" s="14">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="N18" s="14">
         <v>0.0</v>
       </c>
       <c r="O18" s="14">
         <v>0.0</v>
       </c>
       <c r="P18" s="14">
         <v>0.0</v>
       </c>
       <c r="Q18" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="14">
         <v>1.23</v>
       </c>
       <c r="C19" s="14">
         <v>1.24</v>
       </c>
       <c r="D19" s="14">