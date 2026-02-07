--- v0 (2025-10-19)
+++ v1 (2026-02-07)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Espace utilisateurs payants. Les données ne sont pas disponibles !</t>
   </si>
   <si>
     <t>AppLovin Corp.</t>
   </si>
   <si>
     <t>Prévision du flux de trésorerie disponible sur les capitaux propres (FCFE)</t>
   </si>
   <si>
     <t>en milliers de dollars américains, à l’exception des données par action</t>
   </si>
   <si>
     <t>Année</t>
   </si>
   <si>
     <t>Valeur</t>
   </si>
   <si>
     <t>FCFE(t) ou TV(t)</t>
   </si>
   <si>
-    <t>Valeur actualisée à 28.85%</t>
+    <t>Valeur actualisée à 34.28%</t>
   </si>
   <si>
     <t>FCFE(0)</t>
   </si>
   <si>
     <t>FCFE(1)</t>
   </si>
   <si>
     <t>FCFE(2)</t>
   </si>
   <si>
     <t>FCFE(3)</t>
   </si>
   <si>
     <t>FCFE(4)</t>
   </si>
   <si>
     <t>FCFE(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valeur intrinsèque d’ AppLovin Corp. actions ordinaires</t>
   </si>