--- v0 (2025-10-19)
+++ v1 (2026-02-08)
@@ -480,396 +480,348 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:S12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="S12" sqref="S12"/>
+      <selection activeCell="P12" sqref="P12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19">
+    <row r="1" spans="1:16">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:19">
+    <row r="3" spans="1:16">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:19">
+    <row r="4" spans="1:16">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:19">
+    <row r="5" spans="1:16">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:19">
+    <row r="7" spans="1:16">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>45930</v>
+      </c>
+      <c r="C7" s="6">
         <v>45838</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45747</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45657</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45565</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45473</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45382</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45291</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45199</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45107</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45016</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>44926</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44834</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44742</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44651</v>
       </c>
-      <c r="P7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:19">
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P8" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="Q8" s="8" t="e">
-[...9 lines deleted...]
-    <row r="9" spans="1:19">
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="Q9" s="8" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:19">
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="Q10" s="8" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:19">
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="J11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="Q11" s="8" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:19">
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
       <c r="J12" s="9"/>
       <c r="K12" s="9"/>
       <c r="L12" s="9"/>
       <c r="M12" s="9"/>
       <c r="N12" s="9"/>
       <c r="O12" s="9"/>
       <c r="P12" s="9"/>
-      <c r="Q12" s="9"/>
-[...1 lines deleted...]
-      <c r="S12" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">