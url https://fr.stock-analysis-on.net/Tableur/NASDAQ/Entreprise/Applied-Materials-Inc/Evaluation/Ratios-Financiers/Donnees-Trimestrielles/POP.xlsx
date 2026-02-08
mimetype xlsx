--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1585,108 +1585,108 @@
       </c>
       <c r="P23" s="10">
         <v>11.8</v>
       </c>
       <c r="Q23" s="10">
         <v>19.059999999999999</v>
       </c>
       <c r="R23" s="10">
         <v>15.84</v>
       </c>
       <c r="S23" s="10">
         <v>15.54</v>
       </c>
       <c r="T23" s="10">
         <v>17.26</v>
       </c>
       <c r="U23" s="10">
         <v>23.79</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="10">
-        <v>0.0</v>
+        <v>33.37</v>
       </c>
       <c r="C24" s="10">
         <v>26.4</v>
       </c>
       <c r="D24" s="10">
         <v>29.91</v>
       </c>
       <c r="E24" s="10">
         <v>26.77</v>
       </c>
       <c r="F24" s="10">
         <v>30.49</v>
       </c>
       <c r="G24" s="10">
         <v>32.74</v>
       </c>
       <c r="H24" s="10">
         <v>30.38</v>
       </c>
       <c r="I24" s="10">
         <v>23.82</v>
       </c>
       <c r="J24" s="10">
         <v>19.75</v>
       </c>
       <c r="K24" s="10">
         <v>16.15</v>
       </c>
       <c r="L24" s="10">
         <v>18.24</v>
       </c>
       <c r="M24" s="10">
         <v>15.69</v>
       </c>
       <c r="N24" s="10">
         <v>16.29</v>
       </c>
       <c r="O24" s="10">
         <v>13.69</v>
       </c>
       <c r="P24" s="10">
         <v>15.53</v>
       </c>
       <c r="Q24" s="10">
         <v>16.3</v>
       </c>
       <c r="R24" s="10">
-        <v>17.67</v>
+        <v>0.0</v>
       </c>
       <c r="S24" s="10">
-        <v>20.89</v>
+        <v>0.0</v>
       </c>
       <c r="T24" s="10">
-        <v>22.42</v>
+        <v>0.0</v>
       </c>
       <c r="U24" s="10">
-        <v>25.48</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="15"/>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15"/>
       <c r="L25" s="15"/>
       <c r="M25" s="15"/>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25" s="15"/>
       <c r="S25" s="15"/>
       <c r="T25" s="15"/>