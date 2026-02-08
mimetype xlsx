--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1585,108 +1585,108 @@
       </c>
       <c r="P23" s="10">
         <v>3.85</v>
       </c>
       <c r="Q23" s="10">
         <v>5.89</v>
       </c>
       <c r="R23" s="10">
         <v>4.62</v>
       </c>
       <c r="S23" s="10">
         <v>4.93</v>
       </c>
       <c r="T23" s="10">
         <v>5.24</v>
       </c>
       <c r="U23" s="10">
         <v>6.91</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="10">
-        <v>0.0</v>
+        <v>11.37</v>
       </c>
       <c r="C24" s="10">
         <v>9.06</v>
       </c>
       <c r="D24" s="10">
         <v>10.43</v>
       </c>
       <c r="E24" s="10">
         <v>9.18</v>
       </c>
       <c r="F24" s="10">
         <v>10.65</v>
       </c>
       <c r="G24" s="10">
         <v>11.71</v>
       </c>
       <c r="H24" s="10">
         <v>11.25</v>
       </c>
       <c r="I24" s="10">
         <v>9.47</v>
       </c>
       <c r="J24" s="10">
         <v>8.26</v>
       </c>
       <c r="K24" s="10">
         <v>7.11</v>
       </c>
       <c r="L24" s="10">
         <v>8.49</v>
       </c>
       <c r="M24" s="10">
         <v>7.65</v>
       </c>
       <c r="N24" s="10">
         <v>8.25</v>
       </c>
       <c r="O24" s="10">
         <v>7.1</v>
       </c>
       <c r="P24" s="10">
         <v>8.0</v>
       </c>
       <c r="Q24" s="10">
         <v>8.24</v>
       </c>
       <c r="R24" s="10">
-        <v>8.63</v>
+        <v>0.0</v>
       </c>
       <c r="S24" s="10">
-        <v>9.82</v>
+        <v>0.0</v>
       </c>
       <c r="T24" s="10">
-        <v>10.13</v>
+        <v>0.0</v>
       </c>
       <c r="U24" s="10">
-        <v>10.89</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="15"/>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15"/>
       <c r="L25" s="15"/>
       <c r="M25" s="15"/>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25" s="15"/>
       <c r="S25" s="15"/>
       <c r="T25" s="15"/>