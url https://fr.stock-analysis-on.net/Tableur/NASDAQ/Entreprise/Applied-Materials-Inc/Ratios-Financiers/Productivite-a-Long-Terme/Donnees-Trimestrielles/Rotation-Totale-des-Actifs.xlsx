--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1443,108 +1443,108 @@
       </c>
       <c r="P21" s="13">
         <v>0.89</v>
       </c>
       <c r="Q21" s="13">
         <v>0.84</v>
       </c>
       <c r="R21" s="13">
         <v>0.81</v>
       </c>
       <c r="S21" s="13">
         <v>0.84</v>
       </c>
       <c r="T21" s="13">
         <v>0.79</v>
       </c>
       <c r="U21" s="13">
         <v>0.71</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="13">
-        <v>0.0</v>
+        <v>0.51</v>
       </c>
       <c r="C22" s="13">
         <v>0.49</v>
       </c>
       <c r="D22" s="13">
         <v>0.48</v>
       </c>
       <c r="E22" s="13">
         <v>0.48</v>
       </c>
       <c r="F22" s="13">
         <v>0.44</v>
       </c>
       <c r="G22" s="13">
         <v>0.44</v>
       </c>
       <c r="H22" s="13">
         <v>0.46</v>
       </c>
       <c r="I22" s="13">
         <v>0.48</v>
       </c>
       <c r="J22" s="13">
         <v>0.54</v>
       </c>
       <c r="K22" s="13">
         <v>0.57</v>
       </c>
       <c r="L22" s="13">
         <v>0.61</v>
       </c>
       <c r="M22" s="13">
         <v>0.67</v>
       </c>
       <c r="N22" s="13">
         <v>0.74</v>
       </c>
       <c r="O22" s="13">
         <v>0.77</v>
       </c>
       <c r="P22" s="13">
         <v>0.79</v>
       </c>
       <c r="Q22" s="13">
         <v>0.75</v>
       </c>
       <c r="R22" s="13">
-        <v>0.74</v>
+        <v>0.0</v>
       </c>
       <c r="S22" s="13">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="13">
-        <v>0.81</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="13">
-        <v>0.79</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="14"/>
       <c r="D23" s="14"/>
       <c r="E23" s="14"/>
       <c r="F23" s="14"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="14"/>
       <c r="L23" s="14"/>
       <c r="M23" s="14"/>
       <c r="N23" s="14"/>
       <c r="O23" s="14"/>
       <c r="P23" s="14"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="14"/>
       <c r="S23" s="14"/>
       <c r="T23" s="14"/>