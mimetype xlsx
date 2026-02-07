--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1189,51 +1189,51 @@
       <c r="D5" s="6">
         <v>54.43</v>
       </c>
       <c r="E5" s="6">
         <v>67.63</v>
       </c>
       <c r="F5" s="6">
         <v>0.0</v>
       </c>
       <c r="G5" s="6">
         <v>29.72</v>
       </c>
       <c r="H5" s="6">
         <v>24.09</v>
       </c>
       <c r="I5" s="6">
         <v>24.69</v>
       </c>
       <c r="J5" s="6">
         <v>43.95</v>
       </c>
       <c r="K5" s="6">
         <v>34.74</v>
       </c>
       <c r="L5" s="6">
-        <v>0.0</v>
+        <v>40.19</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6" s="5">
         <v>45639</v>
       </c>
       <c r="B6" s="6">
         <v>19.2</v>
       </c>
       <c r="C6" s="6">
         <v>110.61</v>
       </c>
       <c r="D6" s="6">
         <v>66.48</v>
       </c>
       <c r="E6" s="6">
         <v>175.56</v>
       </c>
       <c r="F6" s="6">
         <v>0.0</v>
       </c>
       <c r="G6" s="6">
         <v>34.24</v>
       </c>
       <c r="H6" s="6">