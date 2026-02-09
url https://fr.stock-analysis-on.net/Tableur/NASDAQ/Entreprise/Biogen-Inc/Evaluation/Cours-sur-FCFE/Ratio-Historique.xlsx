--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -913,51 +913,51 @@
       </c>
       <c r="B22" s="9">
         <v>8.88</v>
       </c>
       <c r="C22" s="9">
         <v>0.0</v>
       </c>
       <c r="D22" s="9">
         <v>0.0</v>
       </c>
       <c r="E22" s="9">
         <v>0.0</v>
       </c>
       <c r="F22" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="9">
         <v>10.35</v>
       </c>
       <c r="C23" s="9">
-        <v>13.3</v>
+        <v>0.0</v>
       </c>
       <c r="D23" s="9">
         <v>0.0</v>
       </c>
       <c r="E23" s="9">
         <v>0.0</v>
       </c>
       <c r="F23" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="9">
         <v>13.44</v>
       </c>
       <c r="C24" s="9">
         <v>18.58</v>
       </c>
       <c r="D24" s="9">
         <v>0.0</v>
       </c>
       <c r="E24" s="9">