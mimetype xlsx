--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -848,340 +848,340 @@
       <c r="B13" s="7">
         <v>76.26000000000001</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="7">
         <v>75.67</v>
       </c>
     </row>
     <row r="15" spans="1:16" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B16" s="10">
         <v>25.32</v>
       </c>
       <c r="C16" s="10">
-        <v>90.48</v>
+        <v>92.31</v>
       </c>
       <c r="D16" s="10">
-        <v>48.42</v>
+        <v>50.6</v>
       </c>
       <c r="E16" s="10">
         <v>0.0</v>
       </c>
       <c r="F16" s="10">
-        <v>39.090000000000003</v>
+        <v>39.24</v>
       </c>
       <c r="G16" s="10">
-        <v>91.13</v>
+        <v>94.47</v>
       </c>
       <c r="H16" s="10">
-        <v>386.079999999999984</v>
+        <v>394.17000000000002</v>
       </c>
       <c r="I16" s="10">
-        <v>40.73</v>
+        <v>41.11</v>
       </c>
       <c r="J16" s="10">
-        <v>17.36</v>
+        <v>17.68</v>
       </c>
       <c r="K16" s="10">
-        <v>18.75</v>
+        <v>19.27</v>
       </c>
       <c r="L16" s="10">
-        <v>18.26</v>
+        <v>18.71</v>
       </c>
       <c r="M16" s="10">
-        <v>32.17</v>
+        <v>32.19</v>
       </c>
       <c r="N16" s="10">
         <v>0.0</v>
       </c>
       <c r="O16" s="10">
-        <v>29.43</v>
+        <v>30.15</v>
       </c>
       <c r="P16" s="10">
-        <v>27.83</v>
+        <v>28.48</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B17" s="10">
         <v>19.53</v>
       </c>
       <c r="C17" s="10">
-        <v>207.59999999999999</v>
+        <v>211.78</v>
       </c>
       <c r="D17" s="10">
-        <v>38.14</v>
+        <v>39.85</v>
       </c>
       <c r="E17" s="10">
         <v>0.0</v>
       </c>
       <c r="F17" s="10">
-        <v>35.83</v>
+        <v>35.97</v>
       </c>
       <c r="G17" s="10">
-        <v>71.75</v>
+        <v>74.37</v>
       </c>
       <c r="H17" s="10">
         <v>0.0</v>
       </c>
       <c r="I17" s="10">
-        <v>36.68</v>
+        <v>37.020000000000003</v>
       </c>
       <c r="J17" s="10">
         <v>0.0</v>
       </c>
       <c r="K17" s="10">
-        <v>17.85</v>
+        <v>18.35</v>
       </c>
       <c r="L17" s="10">
-        <v>14.77</v>
+        <v>15.14</v>
       </c>
       <c r="M17" s="10">
-        <v>28.059999999999999</v>
+        <v>28.09</v>
       </c>
       <c r="N17" s="10">
         <v>0.0</v>
       </c>
       <c r="O17" s="10">
-        <v>25.3</v>
+        <v>25.91</v>
       </c>
       <c r="P17" s="10">
-        <v>24.29</v>
+        <v>24.86</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B18" s="10">
         <v>0.85</v>
       </c>
       <c r="C18" s="10">
         <v>0.0</v>
       </c>
       <c r="D18" s="10">
-        <v>1.8</v>
+        <v>1.88</v>
       </c>
       <c r="E18" s="10">
         <v>0.0</v>
       </c>
       <c r="F18" s="10">
-        <v>4.3</v>
+        <v>4.31</v>
       </c>
       <c r="G18" s="10">
-        <v>3.37</v>
+        <v>3.5</v>
       </c>
       <c r="H18" s="10">
         <v>0.0</v>
       </c>
       <c r="I18" s="10">
-        <v>3.69</v>
+        <v>3.72</v>
       </c>
       <c r="J18" s="10">
         <v>0.0</v>
       </c>
       <c r="K18" s="10">
-        <v>3.72</v>
+        <v>3.82</v>
       </c>
       <c r="L18" s="10">
-        <v>0.77</v>
+        <v>0.79</v>
       </c>
       <c r="M18" s="10">
         <v>2.2</v>
       </c>
       <c r="N18" s="10">
         <v>0.0</v>
       </c>
       <c r="O18" s="10">
-        <v>1.8</v>
+        <v>1.84</v>
       </c>
       <c r="P18" s="10">
-        <v>1.91</v>
+        <v>1.96</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B19" s="10">
         <v>13.87</v>
       </c>
       <c r="C19" s="10">
-        <v>42.37</v>
+        <v>43.22</v>
       </c>
       <c r="D19" s="10">
-        <v>27.29</v>
+        <v>28.51</v>
       </c>
       <c r="E19" s="10">
         <v>0.0</v>
       </c>
       <c r="F19" s="10">
-        <v>31.34</v>
+        <v>31.46</v>
       </c>
       <c r="G19" s="10">
-        <v>74.81999999999999</v>
+        <v>77.56</v>
       </c>
       <c r="H19" s="10">
-        <v>111.5</v>
+        <v>113.84</v>
       </c>
       <c r="I19" s="10">
-        <v>27.54</v>
+        <v>27.79</v>
       </c>
       <c r="J19" s="10">
-        <v>14.93</v>
+        <v>15.2</v>
       </c>
       <c r="K19" s="10">
-        <v>12.14</v>
+        <v>12.47</v>
       </c>
       <c r="L19" s="10">
-        <v>20.19</v>
+        <v>20.69</v>
       </c>
       <c r="M19" s="10">
-        <v>27.77</v>
+        <v>27.8</v>
       </c>
       <c r="N19" s="10">
         <v>0.0</v>
       </c>
       <c r="O19" s="10">
-        <v>25.48</v>
+        <v>26.1</v>
       </c>
       <c r="P19" s="10">
-        <v>23.49</v>
+        <v>24.039999999999999</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="10">
         <v>3.59</v>
       </c>
       <c r="C20" s="10">
-        <v>6.87</v>
+        <v>7.0099999999999998</v>
       </c>
       <c r="D20" s="10">
-        <v>6.18</v>
+        <v>6.46</v>
       </c>
       <c r="E20" s="10">
-        <v>2.51</v>
+        <v>2.61</v>
       </c>
       <c r="F20" s="10">
-        <v>6.38</v>
+        <v>6.41</v>
       </c>
       <c r="G20" s="10">
-        <v>21.43</v>
+        <v>22.21</v>
       </c>
       <c r="H20" s="10">
-        <v>6.48</v>
+        <v>6.61</v>
       </c>
       <c r="I20" s="10">
-        <v>6.45</v>
+        <v>6.51</v>
       </c>
       <c r="J20" s="10">
-        <v>4.63</v>
+        <v>4.72</v>
       </c>
       <c r="K20" s="10">
-        <v>2.37</v>
+        <v>2.43</v>
       </c>
       <c r="L20" s="10">
-        <v>5.67</v>
+        <v>5.81</v>
       </c>
       <c r="M20" s="10">
-        <v>4.75</v>
+        <v>4.76</v>
       </c>
       <c r="N20" s="10">
-        <v>10.56</v>
+        <v>11.0</v>
       </c>
       <c r="O20" s="10">
-        <v>6.87</v>
+        <v>7.04</v>
       </c>
       <c r="P20" s="10">
-        <v>4.24</v>
+        <v>4.34</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="6" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="10">
         <v>3.62</v>
       </c>
       <c r="C21" s="10">
-        <v>116.42</v>
+        <v>118.76000000000001</v>
       </c>
       <c r="D21" s="10">
-        <v>33.7</v>
+        <v>35.21</v>
       </c>
       <c r="E21" s="10">
-        <v>7.42</v>
+        <v>7.73</v>
       </c>
       <c r="F21" s="10">
-        <v>3.08</v>
+        <v>3.09</v>
       </c>
       <c r="G21" s="10">
-        <v>68.0</v>
+        <v>70.48999999999999</v>
       </c>
       <c r="H21" s="10">
-        <v>9.59</v>
+        <v>9.79</v>
       </c>
       <c r="I21" s="10">
-        <v>8.0099999999999998</v>
+        <v>8.09</v>
       </c>
       <c r="J21" s="10">
-        <v>6.42</v>
+        <v>6.53</v>
       </c>
       <c r="K21" s="10">
-        <v>1.71</v>
+        <v>1.75</v>
       </c>
       <c r="L21" s="10">
-        <v>2.74</v>
+        <v>2.81</v>
       </c>
       <c r="M21" s="10">
         <v>4.11</v>
       </c>
       <c r="N21" s="10">
-        <v>7.09</v>
+        <v>7.39</v>
       </c>
       <c r="O21" s="10">
-        <v>8.74</v>
+        <v>8.96</v>
       </c>
       <c r="P21" s="10">
-        <v>7.07</v>
+        <v>7.24</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="11" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
       <c r="I22" s="11"/>
       <c r="J22" s="11"/>
       <c r="K22" s="11"/>
       <c r="L22" s="11"/>
       <c r="M22" s="11"/>
       <c r="N22" s="11"/>
       <c r="O22" s="11"/>
       <c r="P22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>