--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -891,66 +891,66 @@
       </c>
       <c r="B20" s="12">
         <v>0.1251</v>
       </c>
       <c r="C20" s="12">
         <v>0.2603</v>
       </c>
       <c r="D20" s="12">
         <v>0.2019</v>
       </c>
       <c r="E20" s="12">
         <v>0.2927</v>
       </c>
       <c r="F20" s="12">
         <v>0.2694</v>
       </c>
       <c r="G20" s="12">
         <v>0.2209</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="12">
-        <v>0.0</v>
+        <v>0.2828</v>
       </c>
       <c r="C21" s="12">
         <v>0.3068</v>
       </c>
       <c r="D21" s="12">
         <v>0.3716</v>
       </c>
       <c r="E21" s="12">
         <v>0.4368</v>
       </c>
       <c r="F21" s="12">
         <v>0.4235</v>
       </c>
       <c r="G21" s="12">
-        <v>0.3869</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="12">
         <v>0.0</v>
       </c>
       <c r="C23" s="12">
         <v>0.1494</v>
       </c>
       <c r="D23" s="12">
         <v>0.1706</v>
       </c>
       <c r="E23" s="12">
         <v>0.2554</v>
       </c>
       <c r="F23" s="12">
         <v>0.2583</v>