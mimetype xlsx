--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1501,66 +1501,66 @@
       </c>
       <c r="B26" s="7">
         <v>0.42</v>
       </c>
       <c r="C26" s="7">
         <v>0.37</v>
       </c>
       <c r="D26" s="7">
         <v>0.43</v>
       </c>
       <c r="E26" s="7">
         <v>0.47</v>
       </c>
       <c r="F26" s="7">
         <v>0.62</v>
       </c>
       <c r="G26" s="7">
         <v>0.73</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="7">
-        <v>0.0</v>
+        <v>0.48</v>
       </c>
       <c r="C27" s="7">
         <v>0.46</v>
       </c>
       <c r="D27" s="7">
         <v>0.41</v>
       </c>
       <c r="E27" s="7">
         <v>0.39</v>
       </c>
       <c r="F27" s="7">
         <v>0.38</v>
       </c>
       <c r="G27" s="7">
-        <v>0.44</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="28.8">
       <c r="A28" s="13" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B29" s="7">
         <v>0.0</v>
       </c>
       <c r="C29" s="7">
         <v>0.33</v>
       </c>
       <c r="D29" s="7">
         <v>0.33</v>
       </c>
       <c r="E29" s="7">
         <v>0.31</v>
       </c>
       <c r="F29" s="7">
         <v>0.34</v>
@@ -1987,66 +1987,66 @@
       </c>
       <c r="B23" s="7">
         <v>0.3</v>
       </c>
       <c r="C23" s="7">
         <v>0.27</v>
       </c>
       <c r="D23" s="7">
         <v>0.3</v>
       </c>
       <c r="E23" s="7">
         <v>0.32</v>
       </c>
       <c r="F23" s="7">
         <v>0.38</v>
       </c>
       <c r="G23" s="7">
         <v>0.44</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B24" s="7">
-        <v>0.0</v>
+        <v>0.41</v>
       </c>
       <c r="C24" s="7">
         <v>0.38</v>
       </c>
       <c r="D24" s="7">
         <v>0.35</v>
       </c>
       <c r="E24" s="7">
         <v>0.32</v>
       </c>
       <c r="F24" s="7">
         <v>0.31</v>
       </c>
       <c r="G24" s="7">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="28.8">
       <c r="A25" s="13" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B26" s="7">
         <v>0.0</v>
       </c>
       <c r="C26" s="7">
         <v>0.25</v>
       </c>
       <c r="D26" s="7">
         <v>0.26</v>
       </c>
       <c r="E26" s="7">
         <v>0.24</v>
       </c>
       <c r="F26" s="7">
         <v>0.26</v>
@@ -2542,66 +2542,66 @@
       </c>
       <c r="B26" s="7">
         <v>0.31</v>
       </c>
       <c r="C26" s="7">
         <v>0.28</v>
       </c>
       <c r="D26" s="7">
         <v>0.31</v>
       </c>
       <c r="E26" s="7">
         <v>0.33</v>
       </c>
       <c r="F26" s="7">
         <v>0.4</v>
       </c>
       <c r="G26" s="7">
         <v>0.46</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="7">
-        <v>0.0</v>
+        <v>0.43</v>
       </c>
       <c r="C27" s="7">
         <v>0.4</v>
       </c>
       <c r="D27" s="7">
         <v>0.36</v>
       </c>
       <c r="E27" s="7">
         <v>0.34</v>
       </c>
       <c r="F27" s="7">
         <v>0.33</v>
       </c>
       <c r="G27" s="7">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="28.8">
       <c r="A28" s="13" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B29" s="7">
         <v>0.0</v>
       </c>
       <c r="C29" s="7">
         <v>0.26</v>
       </c>
       <c r="D29" s="7">
         <v>0.27</v>
       </c>
       <c r="E29" s="7">
         <v>0.25</v>
       </c>
       <c r="F29" s="7">
         <v>0.27</v>
@@ -2982,66 +2982,66 @@
       </c>
       <c r="B20" s="7">
         <v>2.36</v>
       </c>
       <c r="C20" s="7">
         <v>2.1</v>
       </c>
       <c r="D20" s="7">
         <v>2.37</v>
       </c>
       <c r="E20" s="7">
         <v>2.72</v>
       </c>
       <c r="F20" s="7">
         <v>4.14</v>
       </c>
       <c r="G20" s="7">
         <v>5.86</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B21" s="7">
-        <v>0.0</v>
+        <v>2.13</v>
       </c>
       <c r="C21" s="7">
         <v>2.1</v>
       </c>
       <c r="D21" s="7">
         <v>1.91</v>
       </c>
       <c r="E21" s="7">
         <v>1.87</v>
       </c>
       <c r="F21" s="7">
         <v>1.85</v>
       </c>
       <c r="G21" s="7">
-        <v>2.11</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="13" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B23" s="7">
         <v>0.0</v>
       </c>
       <c r="C23" s="7">
         <v>1.83</v>
       </c>
       <c r="D23" s="7">
         <v>1.79</v>
       </c>
       <c r="E23" s="7">
         <v>1.79</v>
       </c>
       <c r="F23" s="7">
         <v>1.89</v>
@@ -3491,66 +3491,66 @@
       </c>
       <c r="B23" s="7">
         <v>20.07</v>
       </c>
       <c r="C23" s="7">
         <v>15.83</v>
       </c>
       <c r="D23" s="7">
         <v>11.72</v>
       </c>
       <c r="E23" s="7">
         <v>31.61</v>
       </c>
       <c r="F23" s="7">
         <v>19.38</v>
       </c>
       <c r="G23" s="7">
         <v>10.5</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B24" s="7">
-        <v>0.0</v>
+        <v>11.52</v>
       </c>
       <c r="C24" s="7">
         <v>11.73</v>
       </c>
       <c r="D24" s="7">
         <v>22.010000000000002</v>
       </c>
       <c r="E24" s="7">
         <v>47.88</v>
       </c>
       <c r="F24" s="7">
         <v>49.47</v>
       </c>
       <c r="G24" s="7">
-        <v>32.67</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="28.8">
       <c r="A25" s="13" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B26" s="7">
         <v>0.0</v>
       </c>
       <c r="C26" s="7">
         <v>9.45</v>
       </c>
       <c r="D26" s="7">
         <v>10.45</v>
       </c>
       <c r="E26" s="7">
         <v>21.2</v>
       </c>
       <c r="F26" s="7">
         <v>18.41</v>
@@ -4207,66 +4207,66 @@
       </c>
       <c r="B33" s="7">
         <v>15.93</v>
       </c>
       <c r="C33" s="7">
         <v>12.73</v>
       </c>
       <c r="D33" s="7">
         <v>9.29</v>
       </c>
       <c r="E33" s="7">
         <v>22.52</v>
       </c>
       <c r="F33" s="7">
         <v>14.48</v>
       </c>
       <c r="G33" s="7">
         <v>8.3</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B34" s="7">
-        <v>0.0</v>
+        <v>9.85</v>
       </c>
       <c r="C34" s="7">
         <v>10.2</v>
       </c>
       <c r="D34" s="7">
         <v>18.41</v>
       </c>
       <c r="E34" s="7">
         <v>36.7</v>
       </c>
       <c r="F34" s="7">
         <v>36.25</v>
       </c>
       <c r="G34" s="7">
-        <v>24.14</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="35" spans="1:7" customHeight="1" ht="28.8">
       <c r="A35" s="13" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="14" t="s">
         <v>37</v>
       </c>
       <c r="B36" s="7">
         <v>0.0</v>
       </c>
       <c r="C36" s="7">
         <v>8.17</v>
       </c>
       <c r="D36" s="7">
         <v>8.34</v>
       </c>
       <c r="E36" s="7">
         <v>14.41</v>
       </c>
       <c r="F36" s="7">
         <v>12.75</v>