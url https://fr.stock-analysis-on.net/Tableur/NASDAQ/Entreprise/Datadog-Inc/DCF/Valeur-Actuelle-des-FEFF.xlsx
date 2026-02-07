--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -18,71 +18,74 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Valeur intrinsèque du stock" sheetId="1" r:id="rId4"/>
     <sheet name="WACC" sheetId="2" r:id="rId5"/>
     <sheet name="Modèle PRAT" sheetId="3" r:id="rId6"/>
     <sheet name="Modèle H" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+  <si>
+    <t>Espace utilisateurs payants. Les données ne sont pas disponibles !</t>
+  </si>
   <si>
     <t>Datadog Inc.</t>
   </si>
   <si>
     <t>Prévision de flux de trésorerie disponible à l’entreprise (FCFF)</t>
   </si>
   <si>
     <t>en milliers de dollars américains, à l’exception des données par action</t>
   </si>
   <si>
     <t>Année</t>
   </si>
   <si>
     <t>Valeur</t>
   </si>
   <si>
     <t>FCFF(t) ou TV(t)</t>
   </si>
   <si>
-    <t>Valeur actualisée à 18.60%</t>
+    <t>Valeur actualisée à 18.64%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valeur intrinsèque du capital Datadog Inc.</t>
   </si>
@@ -190,58 +193,67 @@
   </si>
   <si>
     <t>g(3)</t>
   </si>
   <si>
     <t>g(4)</t>
   </si>
   <si>
     <t>5 et suivants</t>
   </si>
   <si>
     <t>g(5)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-409]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
     <numFmt numFmtId="167" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
     <numFmt numFmtId="168" formatCode="[$-40C]d mmm yyyy"/>
   </numFmts>
-  <fonts count="6">
+  <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -295,98 +307,99 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="20">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="164" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="167" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="168" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="168" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="167" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="167" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -664,764 +677,784 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D19"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="D19" sqref="D19"/>
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
-      <c r="A2" s="2" t="s">
+    <row r="3" spans="1:4">
+      <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:4">
-      <c r="A4" t="s">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:4">
-      <c r="A5" s="3" t="s">
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="3" t="s">
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="B7" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="C7" s="4" t="s">
         <v>6</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="4">
+      <c r="D7" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="5">
         <v>0</v>
       </c>
-      <c r="B6" s="4" t="s">
-[...7 lines deleted...]
-      <c r="A7" s="4">
+      <c r="B8" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="5">
         <v>1</v>
       </c>
-      <c r="B7" s="4" t="s">
-[...10 lines deleted...]
-      <c r="A8" s="4">
+      <c r="B9" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="5">
         <v>2</v>
       </c>
-      <c r="B8" s="4" t="s">
-[...10 lines deleted...]
-      <c r="A9" s="4">
+      <c r="B10" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D10" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="5">
         <v>3</v>
       </c>
-      <c r="B9" s="4" t="s">
-[...10 lines deleted...]
-      <c r="A10" s="4">
+      <c r="B11" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D11" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" s="5">
         <v>4</v>
       </c>
-      <c r="B10" s="4" t="s">
-[...10 lines deleted...]
-      <c r="A11" s="4">
+      <c r="B12" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="5">
         <v>5</v>
       </c>
-      <c r="B11" s="4" t="s">
-[...10 lines deleted...]
-      <c r="A12" s="4">
+      <c r="B13" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D13" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" s="5">
         <v>5</v>
       </c>
-      <c r="B12" s="4" t="s">
-[...10 lines deleted...]
-      <c r="A13" s="6" t="s">
+      <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="D13" s="7">
-[...4 lines deleted...]
-      <c r="A14" s="4" t="s">
+      <c r="C14" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D14" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="D14" s="5">
-[...4 lines deleted...]
-      <c r="A15" s="6" t="s">
+      <c r="D15" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D15" s="7">
-        <v>25956476.0</v>
+      <c r="D16" s="6" t="e">
+        <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:4">
-      <c r="A17" s="6" t="s">
+      <c r="A17" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="D17" s="8">
-[...4 lines deleted...]
-      <c r="A18" s="4" t="s">
+      <c r="D17" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="D18" s="9">
-[...4 lines deleted...]
-      <c r="A19" s="10" t="s">
+      <c r="D19" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B19" s="10"/>
-[...1 lines deleted...]
-      <c r="D19" s="10"/>
+      <c r="D20" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="B21" s="11"/>
+      <c r="C21" s="11"/>
+      <c r="D21" s="11"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A13:C13"/>
-    <mergeCell ref="A14:C14"/>
     <mergeCell ref="A15:C15"/>
+    <mergeCell ref="A16:C16"/>
     <mergeCell ref="A17:C17"/>
-    <mergeCell ref="A18:C18"/>
+    <mergeCell ref="A19:C19"/>
+    <mergeCell ref="A20:C20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D7"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="D7" sqref="D7"/>
+      <selection activeCell="D9" sqref="D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
-      <c r="A2" s="2" t="s">
+    <row r="3" spans="1:4">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" s="12"/>
+      <c r="B6" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C7" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D7" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C8" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D8" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="11" t="s">
         <v>20</v>
       </c>
-    </row>
-[...46 lines deleted...]
-      <c r="D7" s="10"/>
+      <c r="B9" s="11"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G28"/>
+  <dimension ref="A1:G30"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="G28" sqref="G28"/>
+      <selection activeCell="G30" sqref="G30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:7">
-[...1 lines deleted...]
-        <v>25</v>
+    <row r="3" spans="1:7">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
-      <c r="A4" s="11"/>
-      <c r="B4" s="3" t="s">
+      <c r="A4" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="C4" s="14">
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6" s="12"/>
+      <c r="B6" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" s="15">
         <v>45657</v>
       </c>
-      <c r="D4" s="14">
+      <c r="D6" s="15">
         <v>45291</v>
       </c>
-      <c r="E4" s="14">
+      <c r="E6" s="15">
         <v>44926</v>
       </c>
-      <c r="F4" s="14">
+      <c r="F6" s="15">
         <v>44561</v>
       </c>
-      <c r="G4" s="14">
+      <c r="G6" s="15">
         <v>44196</v>
       </c>
     </row>
-    <row r="5" spans="1:7" customHeight="1" ht="34.8">
-[...5 lines deleted...]
-      <c r="A6" s="16" t="s">
+    <row r="7" spans="1:7" customHeight="1" ht="34.8">
+      <c r="A7" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="C6" s="5">
-[...16 lines deleted...]
-      <c r="A7" s="16" t="s">
+    </row>
+    <row r="8" spans="1:7">
+      <c r="A8" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="C7" s="5">
-[...12 lines deleted...]
-        <v>-24547.0</v>
+      <c r="C8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G8" s="6" t="e">
+        <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:7">
-      <c r="A9" s="16" t="s">
+      <c r="A9" s="17" t="s">
         <v>30</v>
       </c>
-      <c r="C9" s="13">
-[...12 lines deleted...]
-        <v>0.21</v>
+      <c r="C9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G9" s="6" t="e">
+        <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:7">
-      <c r="A11" s="16" t="s">
+      <c r="A11" s="17" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="5">
-[...16 lines deleted...]
-      <c r="A12" s="17" t="s">
+      <c r="C11" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D11" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E11" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F11" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G11" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13" s="17" t="s">
         <v>32</v>
       </c>
-      <c r="C12" s="7">
-[...12 lines deleted...]
-        <v>24043.0</v>
+      <c r="C13" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D13" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E13" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F13" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G13" s="6" t="e">
+        <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:7">
-      <c r="A14" s="16" t="s">
+      <c r="A14" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="C14" s="5">
-[...12 lines deleted...]
-        <v>-504.0</v>
+      <c r="C14" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D14" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E14" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F14" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G14" s="8" t="e">
+        <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:7">
-      <c r="A16" s="16" t="s">
+      <c r="A16" s="17" t="s">
         <v>34</v>
       </c>
-      <c r="C16" s="5">
-[...16 lines deleted...]
-      <c r="A17" s="16" t="s">
+      <c r="C16" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G16" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="5">
-[...32 lines deleted...]
-        <v>957432.0</v>
+      <c r="C18" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G18" s="6" t="e">
+        <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="C19" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D19" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E19" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F19" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G19" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" s="17" t="s">
         <v>37</v>
       </c>
-      <c r="C19" s="7">
-[...16 lines deleted...]
-      <c r="A20" s="15" t="s">
+      <c r="C20" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D20" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E20" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F20" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G20" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" s="18" t="s">
         <v>38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="16" t="s">
+      <c r="C21" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D21" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E21" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F21" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G21" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" customHeight="1" ht="34.8">
+      <c r="A22" s="16" t="s">
         <v>39</v>
       </c>
-      <c r="C21" s="12">
-[...16 lines deleted...]
-      <c r="A22" s="16" t="s">
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23" s="17" t="s">
         <v>40</v>
       </c>
-      <c r="C22" s="13">
-[...16 lines deleted...]
-      <c r="A23" s="15" t="s">
+      <c r="C23" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D23" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E23" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F23" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G23" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24" s="17" t="s">
         <v>41</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="16" t="s">
+      <c r="C24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" customHeight="1" ht="34.8">
+      <c r="A25" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="B24" s="12">
-[...4 lines deleted...]
-      <c r="A25" s="16" t="s">
+    </row>
+    <row r="26" spans="1:7">
+      <c r="A26" s="17" t="s">
         <v>43</v>
       </c>
-      <c r="B25" s="13">
-        <v>0.0087</v>
+      <c r="B26" s="13" t="e">
+        <v>#N/A</v>
       </c>
     </row>
     <row r="27" spans="1:7">
-      <c r="A27" s="6" t="s">
+      <c r="A27" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="B27" s="18">
-[...12 lines deleted...]
-      <c r="G28" s="10"/>
+      <c r="B27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B29" s="19" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="B30" s="11"/>
+      <c r="C30" s="11"/>
+      <c r="D30" s="11"/>
+      <c r="E30" s="11"/>
+      <c r="F30" s="11"/>
+      <c r="G30" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C10"/>
+  <dimension ref="A1:C12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C10" sqref="C10"/>
+      <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
-[...1 lines deleted...]
-        <v>45</v>
+    <row r="3" spans="1:3">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="5">
+        <v>1</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C7" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="5">
+        <v>2</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="5">
         <v>3</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B9" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="5">
         <v>4</v>
       </c>
-      <c r="C4" s="3" t="s">
-[...48 lines deleted...]
-      <c r="A9" s="4" t="s">
+      <c r="B10" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="B9" s="4" t="s">
+      <c r="C10" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="C9" s="13">
-[...8 lines deleted...]
-      <c r="C10" s="10"/>
+      <c r="B11" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C11" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="11"/>
+      <c r="C12" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">