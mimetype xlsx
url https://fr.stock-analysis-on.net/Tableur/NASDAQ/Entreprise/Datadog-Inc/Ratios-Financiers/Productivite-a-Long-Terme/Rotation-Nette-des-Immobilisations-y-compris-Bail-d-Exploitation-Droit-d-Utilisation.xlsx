--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -12,51 +12,54 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Ratio de rotation nette des im…" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+  <si>
+    <t>Espace utilisateurs payants. Les données ne sont pas disponibles !</t>
+  </si>
   <si>
     <t>Datadog Inc.</t>
   </si>
   <si>
     <t>Ratio de rotation nette des immobilisations (y compris le contrat de location-exploitation, l’actif de droit d’utilisation)</t>
   </si>
   <si>
     <t>Sélection de données financières (US$ en milliers)</t>
   </si>
   <si>
     <t>Revenu</t>
   </si>
   <si>
     <t>Immobilisations corporelles, montant net</t>
   </si>
   <si>
     <t>Actifs de location-exploitation</t>
   </si>
   <si>
     <t>Immobilisations corporelles, montant net (y compris les contrats de location-exploitation, les actifs au titre de droits d’utilisation)</t>
   </si>
   <si>
     <t>Taux d’activité à long terme</t>
   </si>
   <si>
@@ -113,58 +116,67 @@
   <si>
     <t>Ratio de rotation nette des immobilisations (y compris le contrat de location-exploitation, l’actif de droit d’utilisation)secteur</t>
   </si>
   <si>
     <t>Logiciels et services</t>
   </si>
   <si>
     <t>Ratio de rotation nette des immobilisations (y compris le contrat de location-exploitation, l’actif de droit d’utilisation)industrie</t>
   </si>
   <si>
     <t>Technologie de l’information</t>
   </si>
   <si>
     <t>Source: https://fr.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-40C]d mmm yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
   </numFmts>
-  <fonts count="7">
+  <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -227,88 +239,89 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="16">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -572,568 +585,573 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F34"/>
+  <dimension ref="A1:F36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F34" sqref="F34"/>
+      <selection activeCell="F36" sqref="F36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:6">
-      <c r="A2" s="2" t="s">
+    <row r="3" spans="1:6">
+      <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3"/>
-      <c r="B4" s="4">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="4"/>
+      <c r="B6" s="5">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="C6" s="5">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="D6" s="5">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="E6" s="5">
         <v>44561</v>
       </c>
-      <c r="F4" s="4">
+      <c r="F6" s="5">
         <v>44196</v>
       </c>
     </row>
-    <row r="5" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A5" s="5" t="s">
+    <row r="7" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A7" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C8" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D8" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E8" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F8" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="B10" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C10" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D10" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E10" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F10" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B11" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C11" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D11" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E11" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F11" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="B12" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A13" s="6" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="9" t="s">
         <v>2</v>
       </c>
-    </row>
-[...111 lines deleted...]
-      <c r="A14" s="11" t="s">
+      <c r="B14" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C14" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D14" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E14" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F14" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A15" s="6" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="15" spans="1:6">
-      <c r="A15" s="12" t="s">
+    <row r="16" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A16" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="B15" s="13">
-[...16 lines deleted...]
-      <c r="A16" s="12" t="s">
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="B16" s="13">
-[...16 lines deleted...]
-      <c r="A17" s="12" t="s">
+      <c r="B17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="B17" s="13">
-[...16 lines deleted...]
-      <c r="A18" s="12" t="s">
+      <c r="B18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="B18" s="13">
-[...16 lines deleted...]
-      <c r="A19" s="12" t="s">
+      <c r="B19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="B19" s="13">
-[...16 lines deleted...]
-      <c r="A20" s="12" t="s">
+      <c r="B20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="B20" s="13">
-[...16 lines deleted...]
-      <c r="A21" s="12" t="s">
+      <c r="B21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="B21" s="13">
-[...16 lines deleted...]
-      <c r="A22" s="12" t="s">
+      <c r="B22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B22" s="13">
-[...16 lines deleted...]
-      <c r="A23" s="12" t="s">
+      <c r="B23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" s="13" t="s">
         <v>18</v>
       </c>
-      <c r="B23" s="13">
-[...16 lines deleted...]
-      <c r="A24" s="12" t="s">
+      <c r="B24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="B24" s="13">
-[...16 lines deleted...]
-      <c r="A25" s="12" t="s">
+      <c r="B25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="B25" s="13">
-[...16 lines deleted...]
-      <c r="A26" s="12" t="s">
+      <c r="B26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="B26" s="13">
-[...16 lines deleted...]
-      <c r="A27" s="12" t="s">
+      <c r="B27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="B27" s="13">
-[...16 lines deleted...]
-      <c r="A28" s="12" t="s">
+      <c r="B28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" s="13" t="s">
         <v>23</v>
       </c>
-      <c r="B28" s="13">
-[...16 lines deleted...]
-      <c r="A29" s="12" t="s">
+      <c r="B29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="B29" s="13">
-[...16 lines deleted...]
-      <c r="A30" s="11" t="s">
+      <c r="B30" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C30" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D30" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E30" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F30" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" s="13" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="12" t="s">
+      <c r="B31" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C31" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D31" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E31" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F31" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A32" s="12" t="s">
         <v>26</v>
       </c>
-      <c r="B31" s="13">
-[...16 lines deleted...]
-      <c r="A32" s="11" t="s">
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" s="13" t="s">
         <v>27</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="12" t="s">
+      <c r="B33" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C33" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D33" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E33" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F33" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A34" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="B33" s="13">
-[...16 lines deleted...]
-      <c r="A34" s="14" t="s">
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="B34" s="14"/>
-[...3 lines deleted...]
-      <c r="F34" s="14"/>
+      <c r="B35" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C35" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D35" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E35" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F35" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="B36" s="15"/>
+      <c r="C36" s="15"/>
+      <c r="D36" s="15"/>
+      <c r="E36" s="15"/>
+      <c r="F36" s="15"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">