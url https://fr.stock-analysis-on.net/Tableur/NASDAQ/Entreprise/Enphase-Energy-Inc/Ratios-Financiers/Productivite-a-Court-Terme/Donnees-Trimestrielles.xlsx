--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -2115,60 +2115,60 @@
       <c r="B23" s="8">
         <v>1.63</v>
       </c>
       <c r="C23" s="8">
         <v>1.65</v>
       </c>
       <c r="D23" s="8">
         <v>1.7</v>
       </c>
       <c r="E23" s="8">
         <v>1.92</v>
       </c>
       <c r="F23" s="8">
         <v>2.27</v>
       </c>
       <c r="G23" s="8">
         <v>2.56</v>
       </c>
       <c r="H23" s="8">
         <v>2.74</v>
       </c>
       <c r="I23" s="8">
         <v>2.88</v>
       </c>
       <c r="J23" s="8">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
       <c r="K23" s="8">
-        <v>3.18</v>
+        <v>0.0</v>
       </c>
       <c r="L23" s="8">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
       <c r="M23" s="8">
-        <v>2.88</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="8">
         <v>0.0</v>
       </c>
       <c r="O23" s="8">
         <v>0.0</v>
       </c>
       <c r="P23" s="8">
         <v>0.0</v>
       </c>
       <c r="Q23" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="13"/>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="13"/>
       <c r="G24" s="13"/>
       <c r="H24" s="13"/>
@@ -2934,60 +2934,60 @@
       <c r="B22" s="8">
         <v>9.8</v>
       </c>
       <c r="C22" s="8">
         <v>9.17</v>
       </c>
       <c r="D22" s="8">
         <v>9.62</v>
       </c>
       <c r="E22" s="8">
         <v>10.39</v>
       </c>
       <c r="F22" s="8">
         <v>10.57</v>
       </c>
       <c r="G22" s="8">
         <v>9.9</v>
       </c>
       <c r="H22" s="8">
         <v>8.95</v>
       </c>
       <c r="I22" s="8">
         <v>10.56</v>
       </c>
       <c r="J22" s="8">
-        <v>10.78</v>
+        <v>0.0</v>
       </c>
       <c r="K22" s="8">
-        <v>10.64</v>
+        <v>0.0</v>
       </c>
       <c r="L22" s="8">
-        <v>10.54</v>
+        <v>0.0</v>
       </c>
       <c r="M22" s="8">
-        <v>9.74</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="8">
         <v>0.0</v>
       </c>
       <c r="O22" s="8">
         <v>0.0</v>
       </c>
       <c r="P22" s="8">
         <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="13"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="13"/>
       <c r="G23" s="13"/>
       <c r="H23" s="13"/>
@@ -3700,60 +3700,60 @@
       <c r="B21" s="8">
         <v>8.1</v>
       </c>
       <c r="C21" s="8">
         <v>9.029999999999999</v>
       </c>
       <c r="D21" s="8">
         <v>6.87</v>
       </c>
       <c r="E21" s="8">
         <v>6.63</v>
       </c>
       <c r="F21" s="8">
         <v>7.35</v>
       </c>
       <c r="G21" s="8">
         <v>7.89</v>
       </c>
       <c r="H21" s="8">
         <v>8.46</v>
       </c>
       <c r="I21" s="8">
         <v>9.27</v>
       </c>
       <c r="J21" s="8">
-        <v>9.14</v>
+        <v>0.0</v>
       </c>
       <c r="K21" s="8">
-        <v>9.93</v>
+        <v>0.0</v>
       </c>
       <c r="L21" s="8">
-        <v>9.86</v>
+        <v>0.0</v>
       </c>
       <c r="M21" s="8">
-        <v>9.6</v>
+        <v>0.0</v>
       </c>
       <c r="N21" s="8">
         <v>0.0</v>
       </c>
       <c r="O21" s="8">
         <v>0.0</v>
       </c>
       <c r="P21" s="8">
         <v>0.0</v>
       </c>
       <c r="Q21" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B22" s="13"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="13"/>
       <c r="G22" s="13"/>
       <c r="H22" s="13"/>
@@ -4678,60 +4678,60 @@
       <c r="B26" s="8">
         <v>1.48</v>
       </c>
       <c r="C26" s="8">
         <v>1.46</v>
       </c>
       <c r="D26" s="8">
         <v>1.47</v>
       </c>
       <c r="E26" s="8">
         <v>1.61</v>
       </c>
       <c r="F26" s="8">
         <v>1.81</v>
       </c>
       <c r="G26" s="8">
         <v>1.84</v>
       </c>
       <c r="H26" s="8">
         <v>1.87</v>
       </c>
       <c r="I26" s="8">
         <v>1.65</v>
       </c>
       <c r="J26" s="8">
-        <v>1.65</v>
+        <v>0.0</v>
       </c>
       <c r="K26" s="8">
-        <v>1.57</v>
+        <v>0.0</v>
       </c>
       <c r="L26" s="8">
-        <v>1.87</v>
+        <v>0.0</v>
       </c>
       <c r="M26" s="8">
-        <v>1.77</v>
+        <v>0.0</v>
       </c>
       <c r="N26" s="8">
         <v>0.0</v>
       </c>
       <c r="O26" s="8">
         <v>0.0</v>
       </c>
       <c r="P26" s="8">
         <v>0.0</v>
       </c>
       <c r="Q26" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B27" s="13"/>
       <c r="C27" s="13"/>
       <c r="D27" s="13"/>
       <c r="E27" s="13"/>
       <c r="F27" s="13"/>
       <c r="G27" s="13"/>
       <c r="H27" s="13"/>
@@ -5497,60 +5497,60 @@
       <c r="B22" s="9">
         <v>225.0</v>
       </c>
       <c r="C22" s="9">
         <v>222.0</v>
       </c>
       <c r="D22" s="9">
         <v>215.0</v>
       </c>
       <c r="E22" s="9">
         <v>190.0</v>
       </c>
       <c r="F22" s="9">
         <v>161.0</v>
       </c>
       <c r="G22" s="9">
         <v>143.0</v>
       </c>
       <c r="H22" s="9">
         <v>133.0</v>
       </c>
       <c r="I22" s="9">
         <v>127.0</v>
       </c>
       <c r="J22" s="9">
-        <v>117.0</v>
+        <v>0.0</v>
       </c>
       <c r="K22" s="9">
-        <v>115.0</v>
+        <v>0.0</v>
       </c>
       <c r="L22" s="9">
-        <v>117.0</v>
+        <v>0.0</v>
       </c>
       <c r="M22" s="9">
-        <v>127.0</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="9">
         <v>0.0</v>
       </c>
       <c r="O22" s="9">
         <v>0.0</v>
       </c>
       <c r="P22" s="9">
         <v>0.0</v>
       </c>
       <c r="Q22" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="13"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="13"/>
       <c r="G23" s="13"/>
       <c r="H23" s="13"/>
@@ -6321,60 +6321,60 @@
       <c r="B23" s="9">
         <v>262.0</v>
       </c>
       <c r="C23" s="9">
         <v>262.0</v>
       </c>
       <c r="D23" s="9">
         <v>253.0</v>
       </c>
       <c r="E23" s="9">
         <v>225.0</v>
       </c>
       <c r="F23" s="9">
         <v>196.0</v>
       </c>
       <c r="G23" s="9">
         <v>180.0</v>
       </c>
       <c r="H23" s="9">
         <v>174.0</v>
       </c>
       <c r="I23" s="9">
         <v>162.0</v>
       </c>
       <c r="J23" s="9">
-        <v>151.0</v>
+        <v>0.0</v>
       </c>
       <c r="K23" s="9">
-        <v>149.0</v>
+        <v>0.0</v>
       </c>
       <c r="L23" s="9">
-        <v>152.0</v>
+        <v>0.0</v>
       </c>
       <c r="M23" s="9">
-        <v>164.0</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="9">
         <v>0.0</v>
       </c>
       <c r="O23" s="9">
         <v>0.0</v>
       </c>
       <c r="P23" s="9">
         <v>0.0</v>
       </c>
       <c r="Q23" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="13"/>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="13"/>
       <c r="G24" s="13"/>
       <c r="H24" s="13"/>
@@ -7034,60 +7034,60 @@
       <c r="B20" s="9">
         <v>45.0</v>
       </c>
       <c r="C20" s="9">
         <v>40.0</v>
       </c>
       <c r="D20" s="9">
         <v>53.0</v>
       </c>
       <c r="E20" s="9">
         <v>55.0</v>
       </c>
       <c r="F20" s="9">
         <v>50.0</v>
       </c>
       <c r="G20" s="9">
         <v>46.0</v>
       </c>
       <c r="H20" s="9">
         <v>43.0</v>
       </c>
       <c r="I20" s="9">
         <v>39.0</v>
       </c>
       <c r="J20" s="9">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
       <c r="K20" s="9">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="L20" s="9">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="M20" s="9">
-        <v>38.0</v>
+        <v>0.0</v>
       </c>
       <c r="N20" s="9">
         <v>0.0</v>
       </c>
       <c r="O20" s="9">
         <v>0.0</v>
       </c>
       <c r="P20" s="9">
         <v>0.0</v>
       </c>
       <c r="Q20" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="13"/>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="13"/>
       <c r="G21" s="13"/>
       <c r="H21" s="13"/>
@@ -7805,60 +7805,60 @@
       <c r="B22" s="9">
         <v>217.0</v>
       </c>
       <c r="C22" s="9">
         <v>222.0</v>
       </c>
       <c r="D22" s="9">
         <v>200.0</v>
       </c>
       <c r="E22" s="9">
         <v>170.0</v>
       </c>
       <c r="F22" s="9">
         <v>146.0</v>
       </c>
       <c r="G22" s="9">
         <v>134.0</v>
       </c>
       <c r="H22" s="9">
         <v>131.0</v>
       </c>
       <c r="I22" s="9">
         <v>123.0</v>
       </c>
       <c r="J22" s="9">
-        <v>111.0</v>
+        <v>0.0</v>
       </c>
       <c r="K22" s="9">
-        <v>112.0</v>
+        <v>0.0</v>
       </c>
       <c r="L22" s="9">
-        <v>115.0</v>
+        <v>0.0</v>
       </c>
       <c r="M22" s="9">
-        <v>126.0</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="9">
         <v>0.0</v>
       </c>
       <c r="O22" s="9">
         <v>0.0</v>
       </c>
       <c r="P22" s="9">
         <v>0.0</v>
       </c>
       <c r="Q22" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="13"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="13"/>
       <c r="G23" s="13"/>
       <c r="H23" s="13"/>