--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1482,60 +1482,60 @@
       <c r="B26" s="14">
         <v>1.48</v>
       </c>
       <c r="C26" s="14">
         <v>1.46</v>
       </c>
       <c r="D26" s="14">
         <v>1.47</v>
       </c>
       <c r="E26" s="14">
         <v>1.61</v>
       </c>
       <c r="F26" s="14">
         <v>1.81</v>
       </c>
       <c r="G26" s="14">
         <v>1.84</v>
       </c>
       <c r="H26" s="14">
         <v>1.87</v>
       </c>
       <c r="I26" s="14">
         <v>1.65</v>
       </c>
       <c r="J26" s="14">
-        <v>1.65</v>
+        <v>0.0</v>
       </c>
       <c r="K26" s="14">
-        <v>1.57</v>
+        <v>0.0</v>
       </c>
       <c r="L26" s="14">
-        <v>1.87</v>
+        <v>0.0</v>
       </c>
       <c r="M26" s="14">
-        <v>1.77</v>
+        <v>0.0</v>
       </c>
       <c r="N26" s="14">
         <v>0.0</v>
       </c>
       <c r="O26" s="14">
         <v>0.0</v>
       </c>
       <c r="P26" s="14">
         <v>0.0</v>
       </c>
       <c r="Q26" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="15"/>
       <c r="C27" s="15"/>
       <c r="D27" s="15"/>
       <c r="E27" s="15"/>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>