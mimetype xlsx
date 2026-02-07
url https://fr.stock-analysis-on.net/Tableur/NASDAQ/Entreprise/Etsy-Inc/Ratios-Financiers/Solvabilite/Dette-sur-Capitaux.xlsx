--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -778,51 +778,51 @@
       <c r="E14" s="11">
         <v>0.46</v>
       </c>
       <c r="F14" s="11">
         <v>0.15</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="14">
         <v>0.35</v>
       </c>
       <c r="C17" s="14">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="D17" s="14">
         <v>0.0</v>
       </c>
       <c r="E17" s="14">
         <v>0.0</v>
       </c>
       <c r="F17" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="14">
         <v>0.92</v>
       </c>
       <c r="C18" s="14">
         <v>1.11</v>
       </c>
       <c r="D18" s="14">
         <v>0.0</v>
       </c>
       <c r="E18" s="14">