--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1149,60 +1149,60 @@
       <c r="Q10" s="13">
         <v>0.74</v>
       </c>
       <c r="R10" s="13">
         <v>0.74</v>
       </c>
     </row>
     <row r="11" spans="1:18" customHeight="1" ht="34.8">
       <c r="A11" s="9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:18" customHeight="1" ht="28.8">
       <c r="A12" s="14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="7">
         <v>0.96</v>
       </c>
       <c r="C13" s="7">
-        <v>1.14</v>
+        <v>0.0</v>
       </c>
       <c r="D13" s="7">
-        <v>1.12</v>
+        <v>0.0</v>
       </c>
       <c r="E13" s="7">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="F13" s="7">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
       <c r="G13" s="7">
         <v>0.0</v>
       </c>
       <c r="H13" s="7">
         <v>0.0</v>
       </c>
       <c r="I13" s="7">
         <v>0.0</v>
       </c>
       <c r="J13" s="7">
         <v>0.0</v>
       </c>
       <c r="K13" s="7">
         <v>0.0</v>
       </c>
       <c r="L13" s="7">
         <v>0.0</v>
       </c>
       <c r="M13" s="7">
         <v>0.0</v>
       </c>
       <c r="N13" s="7">
         <v>0.0</v>
       </c>
@@ -1899,60 +1899,60 @@
       <c r="Q15" s="13">
         <v>0.69</v>
       </c>
       <c r="R15" s="13">
         <v>0.69</v>
       </c>
     </row>
     <row r="16" spans="1:18" customHeight="1" ht="34.8">
       <c r="A16" s="9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:18" customHeight="1" ht="28.8">
       <c r="A17" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="7">
         <v>0.48</v>
       </c>
       <c r="C18" s="7">
-        <v>0.68</v>
+        <v>0.0</v>
       </c>
       <c r="D18" s="7">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="E18" s="7">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="7">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="G18" s="7">
         <v>0.0</v>
       </c>
       <c r="H18" s="7">
         <v>0.0</v>
       </c>
       <c r="I18" s="7">
         <v>0.0</v>
       </c>
       <c r="J18" s="7">
         <v>0.0</v>
       </c>
       <c r="K18" s="7">
         <v>0.0</v>
       </c>
       <c r="L18" s="7">
         <v>0.0</v>
       </c>
       <c r="M18" s="7">
         <v>0.0</v>
       </c>
       <c r="N18" s="7">
         <v>0.0</v>
       </c>
@@ -2593,60 +2593,60 @@
       <c r="Q14" s="13">
         <v>0.47</v>
       </c>
       <c r="R14" s="13">
         <v>0.47</v>
       </c>
     </row>
     <row r="15" spans="1:18" customHeight="1" ht="34.8">
       <c r="A15" s="9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:18" customHeight="1" ht="28.8">
       <c r="A16" s="14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="7">
         <v>0.48</v>
       </c>
       <c r="C17" s="7">
-        <v>0.68</v>
+        <v>0.0</v>
       </c>
       <c r="D17" s="7">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="E17" s="7">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
       <c r="F17" s="7">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="G17" s="7">
         <v>0.0</v>
       </c>
       <c r="H17" s="7">
         <v>0.0</v>
       </c>
       <c r="I17" s="7">
         <v>0.0</v>
       </c>
       <c r="J17" s="7">
         <v>0.0</v>
       </c>
       <c r="K17" s="7">
         <v>0.0</v>
       </c>
       <c r="L17" s="7">
         <v>0.0</v>
       </c>
       <c r="M17" s="7">
         <v>0.0</v>
       </c>
       <c r="N17" s="7">
         <v>0.0</v>
       </c>