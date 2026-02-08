--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Espace utilisateurs payants. Les données ne sont pas disponibles !</t>
   </si>
   <si>
     <t>Honeywell International Inc.</t>
   </si>
   <si>
     <t>Prévision de flux de trésorerie disponible à l’entreprise (FCFF)</t>
   </si>
   <si>
     <t>en millions de dollars américains, à l’exception des données par action</t>
   </si>
   <si>
     <t>Année</t>
   </si>
   <si>
     <t>Valeur</t>
   </si>
   <si>
     <t>FCFF(t) ou TV(t)</t>
   </si>
   <si>
-    <t>Valeur actualisée à 15.42%</t>
+    <t>Valeur actualisée à 15.46%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valeur intrinsèque du capital Honeywell International Inc.</t>
   </si>