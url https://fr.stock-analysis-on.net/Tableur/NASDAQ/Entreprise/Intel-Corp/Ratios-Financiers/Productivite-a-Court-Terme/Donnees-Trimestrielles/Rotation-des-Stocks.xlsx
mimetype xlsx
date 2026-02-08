--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1287,51 +1287,51 @@
       </c>
       <c r="L21" s="13">
         <v>2.61</v>
       </c>
       <c r="M21" s="13">
         <v>2.65</v>
       </c>
       <c r="N21" s="13">
         <v>2.94</v>
       </c>
       <c r="O21" s="13">
         <v>3.27</v>
       </c>
       <c r="P21" s="13">
         <v>3.58</v>
       </c>
       <c r="Q21" s="13">
         <v>3.9</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="13">
-        <v>0.0</v>
+        <v>1.58</v>
       </c>
       <c r="C22" s="13">
         <v>1.52</v>
       </c>
       <c r="D22" s="13">
         <v>1.45</v>
       </c>
       <c r="E22" s="13">
         <v>1.44</v>
       </c>
       <c r="F22" s="13">
         <v>1.45</v>
       </c>
       <c r="G22" s="13">
         <v>1.51</v>
       </c>
       <c r="H22" s="13">
         <v>1.59</v>
       </c>
       <c r="I22" s="13">
         <v>1.6</v>
       </c>
       <c r="J22" s="13">
         <v>1.63</v>
       </c>