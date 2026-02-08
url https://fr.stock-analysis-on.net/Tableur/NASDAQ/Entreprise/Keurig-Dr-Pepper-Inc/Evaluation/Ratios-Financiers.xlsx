--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -800,196 +800,196 @@
       <c r="B13" s="7">
         <v>8.96</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="7">
         <v>17.63</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="10">
         <v>25.4</v>
       </c>
       <c r="C16" s="10">
-        <v>31.77</v>
+        <v>31.98</v>
       </c>
       <c r="D16" s="10">
-        <v>16.88</v>
+        <v>16.8</v>
       </c>
       <c r="E16" s="10">
-        <v>27.79</v>
+        <v>28.28</v>
       </c>
       <c r="F16" s="10">
-        <v>40.15</v>
+        <v>40.32</v>
       </c>
       <c r="G16" s="10">
-        <v>30.13</v>
+        <v>30.36</v>
       </c>
       <c r="H16" s="10">
-        <v>41.31</v>
+        <v>42.039999999999999</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="10">
         <v>24.91</v>
       </c>
       <c r="C17" s="10">
-        <v>29.28</v>
+        <v>29.48</v>
       </c>
       <c r="D17" s="10">
-        <v>15.78</v>
+        <v>15.71</v>
       </c>
       <c r="E17" s="10">
-        <v>24.79</v>
+        <v>25.23</v>
       </c>
       <c r="F17" s="10">
         <v>0.0</v>
       </c>
       <c r="G17" s="10">
-        <v>26.38</v>
+        <v>26.59</v>
       </c>
       <c r="H17" s="10">
-        <v>37.22</v>
+        <v>37.88</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="10">
         <v>12.91</v>
       </c>
       <c r="C18" s="10">
-        <v>3.74</v>
+        <v>3.77</v>
       </c>
       <c r="D18" s="10">
-        <v>2.43</v>
+        <v>2.42</v>
       </c>
       <c r="E18" s="10">
-        <v>2.3</v>
+        <v>2.34</v>
       </c>
       <c r="F18" s="10">
         <v>0.0</v>
       </c>
       <c r="G18" s="10">
-        <v>2.12</v>
+        <v>2.14</v>
       </c>
       <c r="H18" s="10">
-        <v>3.76</v>
+        <v>3.83</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="10">
         <v>18.84</v>
       </c>
       <c r="C19" s="10">
-        <v>33.8</v>
+        <v>34.020000000000003</v>
       </c>
       <c r="D19" s="10">
-        <v>12.27</v>
+        <v>12.21</v>
       </c>
       <c r="E19" s="10">
-        <v>19.91</v>
+        <v>20.26</v>
       </c>
       <c r="F19" s="10">
-        <v>21.14</v>
+        <v>21.23</v>
       </c>
       <c r="G19" s="10">
-        <v>23.73</v>
+        <v>23.91</v>
       </c>
       <c r="H19" s="10">
-        <v>30.12</v>
+        <v>30.65</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="10">
         <v>4.3</v>
       </c>
       <c r="C20" s="10">
-        <v>7.18</v>
+        <v>7.22</v>
       </c>
       <c r="D20" s="10">
-        <v>2.14</v>
+        <v>2.13</v>
       </c>
       <c r="E20" s="10">
-        <v>2.44</v>
+        <v>2.48</v>
       </c>
       <c r="F20" s="10">
-        <v>7.48</v>
+        <v>7.51</v>
       </c>
       <c r="G20" s="10">
-        <v>5.2</v>
+        <v>5.25</v>
       </c>
       <c r="H20" s="10">
-        <v>2.55</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="10">
         <v>2.18</v>
       </c>
       <c r="C21" s="10">
-        <v>13.59</v>
+        <v>13.68</v>
       </c>
       <c r="D21" s="10">
-        <v>2.89</v>
+        <v>2.88</v>
       </c>
       <c r="E21" s="10">
-        <v>11.22</v>
+        <v>11.42</v>
       </c>
       <c r="F21" s="10">
         <v>0.0</v>
       </c>
       <c r="G21" s="10">
-        <v>16.22</v>
+        <v>16.34</v>
       </c>
       <c r="H21" s="10">
-        <v>12.92</v>
+        <v>13.15</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>