--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -2075,60 +2075,60 @@
       <c r="A23" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="7">
         <v>5.69</v>
       </c>
       <c r="C23" s="7">
         <v>5.72</v>
       </c>
       <c r="D23" s="7">
         <v>5.17</v>
       </c>
       <c r="E23" s="7">
         <v>4.7</v>
       </c>
       <c r="F23" s="7">
         <v>4.92</v>
       </c>
       <c r="G23" s="7">
         <v>5.09</v>
       </c>
       <c r="H23" s="7">
         <v>5.54</v>
       </c>
       <c r="I23" s="7">
-        <v>5.33</v>
+        <v>0.0</v>
       </c>
       <c r="J23" s="7">
-        <v>5.63</v>
+        <v>0.0</v>
       </c>
       <c r="K23" s="7">
-        <v>5.08</v>
+        <v>0.0</v>
       </c>
       <c r="L23" s="7">
-        <v>6.12</v>
+        <v>0.0</v>
       </c>
       <c r="M23" s="7">
         <v>0.0</v>
       </c>
       <c r="N23" s="7">
         <v>0.0</v>
       </c>
       <c r="O23" s="7">
         <v>0.0</v>
       </c>
       <c r="P23" s="7">
         <v>0.0</v>
       </c>
       <c r="Q23" s="7">
         <v>0.0</v>
       </c>
       <c r="R23" s="7">
         <v>0.0</v>
       </c>
       <c r="S23" s="7">
         <v>0.0</v>
       </c>
       <c r="T23" s="7">
         <v>0.0</v>
       </c>
@@ -3491,60 +3491,60 @@
       <c r="A27" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B27" s="7">
         <v>4.12</v>
       </c>
       <c r="C27" s="7">
         <v>4.24</v>
       </c>
       <c r="D27" s="7">
         <v>3.93</v>
       </c>
       <c r="E27" s="7">
         <v>3.67</v>
       </c>
       <c r="F27" s="7">
         <v>3.98</v>
       </c>
       <c r="G27" s="7">
         <v>4.13</v>
       </c>
       <c r="H27" s="7">
         <v>4.6</v>
       </c>
       <c r="I27" s="7">
-        <v>4.45</v>
+        <v>0.0</v>
       </c>
       <c r="J27" s="7">
-        <v>4.74</v>
+        <v>0.0</v>
       </c>
       <c r="K27" s="7">
-        <v>4.08</v>
+        <v>0.0</v>
       </c>
       <c r="L27" s="7">
-        <v>4.86</v>
+        <v>0.0</v>
       </c>
       <c r="M27" s="7">
         <v>0.0</v>
       </c>
       <c r="N27" s="7">
         <v>0.0</v>
       </c>
       <c r="O27" s="7">
         <v>0.0</v>
       </c>
       <c r="P27" s="7">
         <v>0.0</v>
       </c>
       <c r="Q27" s="7">
         <v>0.0</v>
       </c>
       <c r="R27" s="7">
         <v>0.0</v>
       </c>
       <c r="S27" s="7">
         <v>0.0</v>
       </c>
       <c r="T27" s="7">
         <v>0.0</v>
       </c>
@@ -4833,60 +4833,60 @@
       <c r="A26" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="7">
         <v>3.37</v>
       </c>
       <c r="C26" s="7">
         <v>3.52</v>
       </c>
       <c r="D26" s="7">
         <v>3.29</v>
       </c>
       <c r="E26" s="7">
         <v>3.04</v>
       </c>
       <c r="F26" s="7">
         <v>3.25</v>
       </c>
       <c r="G26" s="7">
         <v>3.28</v>
       </c>
       <c r="H26" s="7">
         <v>3.89</v>
       </c>
       <c r="I26" s="7">
-        <v>3.79</v>
+        <v>0.0</v>
       </c>
       <c r="J26" s="7">
-        <v>4.05</v>
+        <v>0.0</v>
       </c>
       <c r="K26" s="7">
-        <v>3.36</v>
+        <v>0.0</v>
       </c>
       <c r="L26" s="7">
-        <v>3.93</v>
+        <v>0.0</v>
       </c>
       <c r="M26" s="7">
         <v>0.0</v>
       </c>
       <c r="N26" s="7">
         <v>0.0</v>
       </c>
       <c r="O26" s="7">
         <v>0.0</v>
       </c>
       <c r="P26" s="7">
         <v>0.0</v>
       </c>
       <c r="Q26" s="7">
         <v>0.0</v>
       </c>
       <c r="R26" s="7">
         <v>0.0</v>
       </c>
       <c r="S26" s="7">
         <v>0.0</v>
       </c>
       <c r="T26" s="7">
         <v>0.0</v>
       </c>