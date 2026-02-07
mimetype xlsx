--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1892,60 +1892,60 @@
       <c r="A27" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="14">
         <v>4.12</v>
       </c>
       <c r="C27" s="14">
         <v>4.24</v>
       </c>
       <c r="D27" s="14">
         <v>3.93</v>
       </c>
       <c r="E27" s="14">
         <v>3.67</v>
       </c>
       <c r="F27" s="14">
         <v>3.98</v>
       </c>
       <c r="G27" s="14">
         <v>4.13</v>
       </c>
       <c r="H27" s="14">
         <v>4.6</v>
       </c>
       <c r="I27" s="14">
-        <v>4.45</v>
+        <v>0.0</v>
       </c>
       <c r="J27" s="14">
-        <v>4.74</v>
+        <v>0.0</v>
       </c>
       <c r="K27" s="14">
-        <v>4.08</v>
+        <v>0.0</v>
       </c>
       <c r="L27" s="14">
-        <v>4.86</v>
+        <v>0.0</v>
       </c>
       <c r="M27" s="14">
         <v>0.0</v>
       </c>
       <c r="N27" s="14">
         <v>0.0</v>
       </c>
       <c r="O27" s="14">
         <v>0.0</v>
       </c>
       <c r="P27" s="14">
         <v>0.0</v>
       </c>
       <c r="Q27" s="14">
         <v>0.0</v>
       </c>
       <c r="R27" s="14">
         <v>0.0</v>
       </c>
       <c r="S27" s="14">
         <v>0.0</v>
       </c>
       <c r="T27" s="14">
         <v>0.0</v>
       </c>