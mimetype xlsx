--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1003,51 +1003,51 @@
       <c r="B17" s="16">
         <v>43.94</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="16">
         <v>51.9</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B19" s="16">
         <v>9.97</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B20" s="16">
-        <v>27.48</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="21" spans="1:2" customHeight="1" ht="28.8">
       <c r="A21" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="16">
         <v>71.89</v>
       </c>
     </row>
     <row r="23" spans="1:2" customHeight="1" ht="28.8">
       <c r="A23" s="14" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="B24" s="16">
@@ -1393,66 +1393,66 @@
       </c>
       <c r="B20" s="16">
         <v>13.050000000000001</v>
       </c>
       <c r="C20" s="16">
         <v>15.19</v>
       </c>
       <c r="D20" s="16">
         <v>12.82</v>
       </c>
       <c r="E20" s="16">
         <v>7.84</v>
       </c>
       <c r="F20" s="16">
         <v>12.76</v>
       </c>
       <c r="G20" s="16">
         <v>19.49</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="16">
-        <v>0.0</v>
+        <v>25.46</v>
       </c>
       <c r="C21" s="16">
         <v>22.89</v>
       </c>
       <c r="D21" s="16">
         <v>16.36</v>
       </c>
       <c r="E21" s="16">
         <v>14.69</v>
       </c>
       <c r="F21" s="16">
         <v>15.54</v>
       </c>
       <c r="G21" s="16">
-        <v>21.75</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B23" s="16">
         <v>0.0</v>
       </c>
       <c r="C23" s="16">
         <v>33.98</v>
       </c>
       <c r="D23" s="16">
         <v>26.56</v>
       </c>
       <c r="E23" s="16">
         <v>14.51</v>
       </c>
       <c r="F23" s="16">
         <v>15.52</v>