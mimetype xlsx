--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -939,51 +939,51 @@
       </c>
       <c r="E23" s="9">
         <v>15.84</v>
       </c>
       <c r="F23" s="9">
         <v>23.32</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="9">
         <v>30.49</v>
       </c>
       <c r="C24" s="9">
         <v>19.75</v>
       </c>
       <c r="D24" s="9">
         <v>16.29</v>
       </c>
       <c r="E24" s="9">
         <v>17.67</v>
       </c>
       <c r="F24" s="9">
-        <v>26.53</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="9">
         <v>54.98</v>
       </c>
       <c r="C26" s="9">
         <v>44.62</v>
       </c>
       <c r="D26" s="9">
         <v>21.3</v>
       </c>
       <c r="E26" s="9">
         <v>22.09</v>
       </c>
       <c r="F26" s="9">
         <v>0.0</v>