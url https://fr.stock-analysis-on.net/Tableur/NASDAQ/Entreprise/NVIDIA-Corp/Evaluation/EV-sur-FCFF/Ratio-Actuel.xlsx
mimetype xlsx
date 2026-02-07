--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -675,64 +675,64 @@
       <c r="B17" s="10">
         <v>51.48</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="10">
         <v>193.21000000000001</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="10">
         <v>11.36</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="10">
-        <v>107.27</v>
+        <v>68.040000000000006</v>
       </c>
     </row>
     <row r="21" spans="1:2" customHeight="1" ht="28.8">
       <c r="A21" s="8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="10">
-        <v>120.54000000000001</v>
+        <v>120.53</v>
       </c>
     </row>
     <row r="23" spans="1:2" customHeight="1" ht="28.8">
       <c r="A23" s="8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="9" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="10">
         <v>53.039999999999999</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>