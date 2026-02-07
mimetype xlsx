--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -894,66 +894,66 @@
       </c>
       <c r="B20" s="12">
         <v>14.87</v>
       </c>
       <c r="C20" s="12">
         <v>16.26</v>
       </c>
       <c r="D20" s="12">
         <v>11.61</v>
       </c>
       <c r="E20" s="12">
         <v>18.18</v>
       </c>
       <c r="F20" s="12">
         <v>17.47</v>
       </c>
       <c r="G20" s="12">
         <v>30.89</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12">
-        <v>0.0</v>
+        <v>68.040000000000006</v>
       </c>
       <c r="C21" s="12">
         <v>89.36</v>
       </c>
       <c r="D21" s="12">
         <v>89.84999999999999</v>
       </c>
       <c r="E21" s="12">
         <v>27.02</v>
       </c>
       <c r="F21" s="12">
         <v>24.2</v>
       </c>
       <c r="G21" s="12">
-        <v>27.67</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="12">
         <v>0.0</v>
       </c>
       <c r="C23" s="12">
         <v>56.97</v>
       </c>
       <c r="D23" s="12">
         <v>60.28</v>
       </c>
       <c r="E23" s="12">
         <v>34.98</v>
       </c>
       <c r="F23" s="12">
         <v>26.15</v>