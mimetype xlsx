--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -981,51 +981,51 @@
       <c r="D5" s="6">
         <v>0.067</v>
       </c>
       <c r="E5" s="6">
         <v>0.3428</v>
       </c>
       <c r="F5" s="6">
         <v>0.2845</v>
       </c>
       <c r="G5" s="6">
         <v>-0.0023</v>
       </c>
       <c r="H5" s="6">
         <v>0.8656</v>
       </c>
       <c r="I5" s="6">
         <v>0.5433</v>
       </c>
       <c r="J5" s="6">
         <v>0.1576</v>
       </c>
       <c r="K5" s="6">
         <v>0.2613</v>
       </c>
       <c r="L5" s="6">
-        <v>0.0</v>
+        <v>0.3073</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6" s="5">
         <v>45319</v>
       </c>
       <c r="B6" s="6">
         <v>0.6924</v>
       </c>
       <c r="C6" s="6">
         <v>0.0285</v>
       </c>
       <c r="D6" s="6">
         <v>0.0465</v>
       </c>
       <c r="E6" s="6">
         <v>0.3777</v>
       </c>
       <c r="F6" s="6">
         <v>0.0871</v>
       </c>
       <c r="G6" s="6">
         <v>-0.1889</v>
       </c>
       <c r="H6" s="6">