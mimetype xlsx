--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -866,51 +866,51 @@
       </c>
       <c r="B21" s="12">
         <v>0.5751</v>
       </c>
       <c r="C21" s="12">
         <v>0.6067</v>
       </c>
       <c r="D21" s="12">
         <v>0.0</v>
       </c>
       <c r="E21" s="12">
         <v>0.0</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="12">
         <v>0.6747</v>
       </c>
       <c r="C22" s="12">
-        <v>0.641</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="12">
         <v>0.0</v>
       </c>
       <c r="E22" s="12">
         <v>0.0</v>
       </c>
       <c r="F22" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>