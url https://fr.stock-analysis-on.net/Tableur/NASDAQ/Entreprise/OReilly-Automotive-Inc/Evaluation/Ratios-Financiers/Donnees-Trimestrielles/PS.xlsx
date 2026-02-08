--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -973,60 +973,60 @@
     </row>
     <row r="13" spans="1:20" customHeight="1" ht="34.8">
       <c r="A13" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:20" customHeight="1" ht="28.8">
       <c r="A14" s="13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="10">
         <v>2.1</v>
       </c>
       <c r="C15" s="10">
         <v>2.83</v>
       </c>
       <c r="D15" s="10">
         <v>2.65</v>
       </c>
       <c r="E15" s="10">
-        <v>3.41</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="10">
-        <v>3.73</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="10">
-        <v>3.8</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="10">
-        <v>4.17</v>
+        <v>0.0</v>
       </c>
       <c r="I15" s="10">
         <v>0.0</v>
       </c>
       <c r="J15" s="10">
         <v>0.0</v>
       </c>
       <c r="K15" s="10">
         <v>0.0</v>
       </c>
       <c r="L15" s="10">
         <v>0.0</v>
       </c>
       <c r="M15" s="10">
         <v>0.0</v>
       </c>
       <c r="N15" s="10">
         <v>0.0</v>
       </c>
       <c r="O15" s="10">
         <v>0.0</v>
       </c>
       <c r="P15" s="10">
         <v>0.0</v>
       </c>