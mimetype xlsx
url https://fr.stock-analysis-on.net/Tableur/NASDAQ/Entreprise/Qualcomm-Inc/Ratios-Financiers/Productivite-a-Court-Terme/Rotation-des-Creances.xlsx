--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -891,66 +891,66 @@
       </c>
       <c r="B20" s="12">
         <v>5.66</v>
       </c>
       <c r="C20" s="12">
         <v>6.09</v>
       </c>
       <c r="D20" s="12">
         <v>7.05</v>
       </c>
       <c r="E20" s="12">
         <v>5.79</v>
       </c>
       <c r="F20" s="12">
         <v>6.86</v>
       </c>
       <c r="G20" s="12">
         <v>6.59</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="12">
-        <v>0.0</v>
+        <v>9.0099999999999998</v>
       </c>
       <c r="C21" s="12">
         <v>9.1</v>
       </c>
       <c r="D21" s="12">
         <v>9.8</v>
       </c>
       <c r="E21" s="12">
         <v>10.57</v>
       </c>
       <c r="F21" s="12">
         <v>10.78</v>
       </c>
       <c r="G21" s="12">
-        <v>10.23</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="12">
         <v>0.0</v>
       </c>
       <c r="C23" s="12">
         <v>7.47</v>
       </c>
       <c r="D23" s="12">
         <v>8.69</v>
       </c>
       <c r="E23" s="12">
         <v>7.52</v>
       </c>
       <c r="F23" s="12">
         <v>7.48</v>