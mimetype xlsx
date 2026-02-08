--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -579,413 +579,413 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3"/>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6" customHeight="1" ht="34.8">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7">
+        <v>556.0</v>
+      </c>
+      <c r="C7" s="7">
         <v>572.0</v>
       </c>
-      <c r="C7" s="7">
+      <c r="D7" s="7">
         <v>519.0</v>
       </c>
-      <c r="D7" s="7">
+      <c r="E7" s="7">
         <v>562.0</v>
       </c>
-      <c r="E7" s="7">
+      <c r="F7" s="7">
         <v>292.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>625.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7">
+        <v>146.0</v>
+      </c>
+      <c r="C8" s="7">
         <v>160.0</v>
       </c>
-      <c r="C8" s="7">
+      <c r="D8" s="7">
         <v>158.0</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>160.0</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>137.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>177.0</v>
       </c>
     </row>
     <row r="9" spans="1:6" customHeight="1" ht="34.8">
       <c r="A9" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="9">
+        <v>702.0</v>
+      </c>
+      <c r="C10" s="9">
         <v>732.0</v>
       </c>
-      <c r="C10" s="9">
+      <c r="D10" s="9">
         <v>677.0</v>
       </c>
-      <c r="D10" s="9">
+      <c r="E10" s="9">
         <v>722.0</v>
       </c>
-      <c r="E10" s="9">
+      <c r="F10" s="9">
         <v>429.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>802.0</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="34.8">
       <c r="A11" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="28.8">
       <c r="A12" s="10" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="7">
         <v>161.0</v>
       </c>
-      <c r="C13" s="7">
+      <c r="D13" s="7">
         <v>148.0</v>
       </c>
-      <c r="D13" s="7">
+      <c r="E13" s="7">
         <v>146.0</v>
       </c>
-      <c r="E13" s="7">
+      <c r="F13" s="7">
         <v>130.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>149.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="7">
         <v>276.0</v>
       </c>
-      <c r="C14" s="7">
+      <c r="D14" s="7">
         <v>510.0</v>
       </c>
-      <c r="D14" s="7">
+      <c r="E14" s="7">
         <v>363.0</v>
       </c>
-      <c r="E14" s="7">
+      <c r="F14" s="7">
         <v>305.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>299.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="7">
         <v>137.0</v>
       </c>
-      <c r="C15" s="7">
+      <c r="D15" s="7">
         <v>165.0</v>
       </c>
-      <c r="D15" s="7">
+      <c r="E15" s="7">
         <v>151.0</v>
       </c>
-      <c r="E15" s="7">
+      <c r="F15" s="7">
         <v>142.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>128.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
         <v>142.0</v>
       </c>
-      <c r="C16" s="7">
+      <c r="D16" s="7">
         <v>156.0</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>148.0</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>145.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>151.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
         <v>418.0</v>
       </c>
-      <c r="C17" s="7">
+      <c r="D17" s="7">
         <v>395.0</v>
       </c>
-      <c r="D17" s="7">
+      <c r="E17" s="7">
         <v>325.0</v>
       </c>
-      <c r="E17" s="7">
+      <c r="F17" s="7">
         <v>280.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>352.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="7">
         <v>156.0</v>
       </c>
-      <c r="C18" s="7">
+      <c r="D18" s="7">
         <v>163.0</v>
       </c>
-      <c r="D18" s="7">
+      <c r="E18" s="7">
         <v>162.0</v>
       </c>
-      <c r="E18" s="7">
+      <c r="F18" s="7">
         <v>150.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>207.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="7">
         <v>226.0</v>
       </c>
-      <c r="C19" s="7">
+      <c r="D19" s="7">
         <v>218.0</v>
       </c>
-      <c r="D19" s="7">
+      <c r="E19" s="7">
         <v>209.0</v>
       </c>
-      <c r="E19" s="7">
+      <c r="F19" s="7">
         <v>186.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>180.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="7">
         <v>205.0</v>
       </c>
-      <c r="C20" s="7">
+      <c r="D20" s="7">
         <v>207.0</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>182.0</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>228.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>209.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="7">
         <v>288.0</v>
       </c>
-      <c r="C21" s="7">
+      <c r="D21" s="7">
         <v>218.0</v>
       </c>
-      <c r="D21" s="7">
+      <c r="E21" s="7">
         <v>135.0</v>
       </c>
-      <c r="E21" s="7">
+      <c r="F21" s="7">
         <v>158.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>406.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="7">
-        <v>142.0</v>
+        <v>0.0</v>
       </c>
       <c r="C22" s="7">
         <v>142.0</v>
       </c>
       <c r="D22" s="7">
+        <v>142.0</v>
+      </c>
+      <c r="E22" s="7">
         <v>145.0</v>
       </c>
-      <c r="E22" s="7">
+      <c r="F22" s="7">
         <v>168.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>156.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C23" s="7">
         <v>340.0</v>
       </c>
-      <c r="C23" s="7">
+      <c r="D23" s="7">
         <v>272.0</v>
       </c>
-      <c r="D23" s="7">
+      <c r="E23" s="7">
         <v>215.0</v>
       </c>
-      <c r="E23" s="7">
+      <c r="F23" s="7">
         <v>198.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>191.0</v>
       </c>
     </row>
     <row r="24" spans="1:6" customHeight="1" ht="28.8">
       <c r="A24" s="10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C25" s="7">
         <v>218.0</v>
       </c>
-      <c r="C25" s="7">
+      <c r="D25" s="7">
         <v>217.0</v>
       </c>
-      <c r="D25" s="7">
+      <c r="E25" s="7">
         <v>182.0</v>
       </c>
-      <c r="E25" s="7">
+      <c r="F25" s="7">
         <v>183.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="28.8">
       <c r="A26" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C27" s="7">
         <v>94.0</v>
       </c>
-      <c r="C27" s="7">
+      <c r="D27" s="7">
         <v>98.0</v>
       </c>
-      <c r="D27" s="7">
+      <c r="E27" s="7">
         <v>90.0</v>
       </c>
-      <c r="E27" s="7">
+      <c r="F27" s="7">
         <v>92.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="12"/>
       <c r="C28" s="12"/>
       <c r="D28" s="12"/>
       <c r="E28" s="12"/>
       <c r="F28" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>