--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1172,51 +1172,51 @@
       <c r="B18" s="17">
         <v>193.21000000000001</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B19" s="17">
         <v>73.20999999999999</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="16" t="s">
         <v>35</v>
       </c>
       <c r="B20" s="17">
         <v>11.36</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="16" t="s">
         <v>36</v>
       </c>
       <c r="B21" s="17">
-        <v>107.27</v>
+        <v>68.040000000000006</v>
       </c>
     </row>
     <row r="22" spans="1:2" customHeight="1" ht="28.8">
       <c r="A22" s="15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B23" s="17">
         <v>160.63</v>
       </c>
     </row>
     <row r="24" spans="1:2" customHeight="1" ht="28.8">
       <c r="A24" s="15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="16" t="s">
         <v>40</v>
       </c>
       <c r="B25" s="17">
@@ -1549,51 +1549,51 @@
       </c>
       <c r="C21" s="17">
         <v>17.47</v>
       </c>
       <c r="D21" s="17">
         <v>30.89</v>
       </c>
       <c r="E21" s="17">
         <v>0.0</v>
       </c>
       <c r="F21" s="17">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="17">
         <v>27.02</v>
       </c>
       <c r="C22" s="17">
         <v>24.2</v>
       </c>
       <c r="D22" s="17">
-        <v>27.67</v>
+        <v>0.0</v>
       </c>
       <c r="E22" s="17">
         <v>0.0</v>
       </c>
       <c r="F22" s="17">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B24" s="17">
         <v>34.98</v>
       </c>
       <c r="C24" s="17">
         <v>26.15</v>
       </c>
       <c r="D24" s="17">
         <v>0.0</v>