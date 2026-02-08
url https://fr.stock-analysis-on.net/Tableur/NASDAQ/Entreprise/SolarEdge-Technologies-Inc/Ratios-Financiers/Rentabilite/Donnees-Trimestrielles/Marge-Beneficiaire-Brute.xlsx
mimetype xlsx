--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1355,60 +1355,60 @@
       </c>
       <c r="P22" s="13">
         <v>0.0</v>
       </c>
       <c r="Q22" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13">
         <v>0.6876</v>
       </c>
       <c r="C23" s="13">
         <v>0.6951</v>
       </c>
       <c r="D23" s="13">
         <v>0.6926</v>
       </c>
       <c r="E23" s="13">
         <v>0.6868</v>
       </c>
       <c r="F23" s="13">
-        <v>0.6747</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="13">
-        <v>0.6636</v>
+        <v>0.0</v>
       </c>
       <c r="H23" s="13">
-        <v>0.6546</v>
+        <v>0.0</v>
       </c>
       <c r="I23" s="13">
-        <v>0.647</v>
+        <v>0.0</v>
       </c>
       <c r="J23" s="13">
         <v>0.0</v>
       </c>
       <c r="K23" s="13">
         <v>0.0</v>
       </c>
       <c r="L23" s="13">
         <v>0.0</v>
       </c>
       <c r="M23" s="13">
         <v>0.0</v>
       </c>
       <c r="N23" s="13">
         <v>0.0</v>
       </c>
       <c r="O23" s="13">
         <v>0.0</v>
       </c>
       <c r="P23" s="13">
         <v>0.0</v>
       </c>
       <c r="Q23" s="13">
         <v>0.0</v>
       </c>