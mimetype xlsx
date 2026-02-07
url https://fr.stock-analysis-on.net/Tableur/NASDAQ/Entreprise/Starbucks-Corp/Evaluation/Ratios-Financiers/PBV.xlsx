--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -773,66 +773,66 @@
       </c>
       <c r="B15" s="9">
         <v>0.0</v>
       </c>
       <c r="C15" s="9">
         <v>0.0</v>
       </c>
       <c r="D15" s="9">
         <v>0.0</v>
       </c>
       <c r="E15" s="9">
         <v>32.84</v>
       </c>
       <c r="F15" s="9">
         <v>16.35</v>
       </c>
       <c r="G15" s="9">
         <v>20.46</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="9">
-        <v>0.0</v>
+        <v>18.37</v>
       </c>
       <c r="C16" s="9">
         <v>21.32</v>
       </c>
       <c r="D16" s="9">
         <v>23.47</v>
       </c>
       <c r="E16" s="9">
         <v>18.74</v>
       </c>
       <c r="F16" s="9">
         <v>19.050000000000001</v>
       </c>
       <c r="G16" s="9">
-        <v>21.52</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="9">
         <v>0.0</v>
       </c>
       <c r="C17" s="9">
         <v>11.49</v>
       </c>
       <c r="D17" s="9">
         <v>6.85</v>
       </c>
       <c r="E17" s="9">
         <v>3.15</v>
       </c>
       <c r="F17" s="9">
         <v>7.65</v>
       </c>
       <c r="G17" s="9">
         <v>10.36</v>
       </c>
     </row>