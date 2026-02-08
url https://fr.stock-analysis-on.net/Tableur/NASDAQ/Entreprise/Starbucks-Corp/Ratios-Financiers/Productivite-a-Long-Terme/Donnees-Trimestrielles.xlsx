--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1459,108 +1459,108 @@
       </c>
       <c r="R14" s="7">
         <v>14.82</v>
       </c>
       <c r="S14" s="7">
         <v>13.33</v>
       </c>
       <c r="T14" s="7">
         <v>12.09</v>
       </c>
       <c r="U14" s="7">
         <v>9.6</v>
       </c>
       <c r="V14" s="7">
         <v>7.7</v>
       </c>
     </row>
     <row r="15" spans="1:22">
       <c r="A15" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="7">
         <v>0.0</v>
       </c>
       <c r="C15" s="7">
-        <v>0.0</v>
+        <v>4.45</v>
       </c>
       <c r="D15" s="7">
         <v>4.54</v>
       </c>
       <c r="E15" s="7">
         <v>4.62</v>
       </c>
       <c r="F15" s="7">
         <v>4.71</v>
       </c>
       <c r="G15" s="7">
         <v>4.73</v>
       </c>
       <c r="H15" s="7">
         <v>4.73</v>
       </c>
       <c r="I15" s="7">
         <v>4.71</v>
       </c>
       <c r="J15" s="7">
         <v>4.63</v>
       </c>
       <c r="K15" s="7">
         <v>4.55</v>
       </c>
       <c r="L15" s="7">
         <v>4.56</v>
       </c>
       <c r="M15" s="7">
         <v>4.59</v>
       </c>
       <c r="N15" s="7">
         <v>4.53</v>
       </c>
       <c r="O15" s="7">
         <v>4.43</v>
       </c>
       <c r="P15" s="7">
         <v>4.5</v>
       </c>
       <c r="Q15" s="7">
         <v>4.49</v>
       </c>
       <c r="R15" s="7">
         <v>4.4</v>
       </c>
       <c r="S15" s="7">
-        <v>4.27</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="7">
-        <v>4.18</v>
+        <v>0.0</v>
       </c>
       <c r="U15" s="7">
-        <v>4.11</v>
+        <v>0.0</v>
       </c>
       <c r="V15" s="7">
-        <v>3.91</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:22">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="7">
         <v>0.0</v>
       </c>
       <c r="C16" s="7">
         <v>0.0</v>
       </c>
       <c r="D16" s="7">
         <v>12.95</v>
       </c>
       <c r="E16" s="7">
         <v>13.13</v>
       </c>
       <c r="F16" s="7">
         <v>13.29</v>
       </c>
       <c r="G16" s="7">
         <v>13.78</v>
       </c>
       <c r="H16" s="7">
@@ -2289,108 +2289,108 @@
       </c>
       <c r="R17" s="7">
         <v>9.4</v>
       </c>
       <c r="S17" s="7">
         <v>8.31</v>
       </c>
       <c r="T17" s="7">
         <v>7.63</v>
       </c>
       <c r="U17" s="7">
         <v>5.96</v>
       </c>
       <c r="V17" s="7">
         <v>4.65</v>
       </c>
     </row>
     <row r="18" spans="1:22">
       <c r="A18" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="7">
         <v>0.0</v>
       </c>
       <c r="C18" s="7">
-        <v>0.0</v>
+        <v>1.67</v>
       </c>
       <c r="D18" s="7">
         <v>1.69</v>
       </c>
       <c r="E18" s="7">
         <v>1.73</v>
       </c>
       <c r="F18" s="7">
         <v>1.76</v>
       </c>
       <c r="G18" s="7">
         <v>1.77</v>
       </c>
       <c r="H18" s="7">
         <v>1.75</v>
       </c>
       <c r="I18" s="7">
         <v>1.77</v>
       </c>
       <c r="J18" s="7">
         <v>1.74</v>
       </c>
       <c r="K18" s="7">
         <v>1.72</v>
       </c>
       <c r="L18" s="7">
         <v>1.69</v>
       </c>
       <c r="M18" s="7">
         <v>1.7</v>
       </c>
       <c r="N18" s="7">
         <v>1.69</v>
       </c>
       <c r="O18" s="7">
         <v>1.64</v>
       </c>
       <c r="P18" s="7">
         <v>1.62</v>
       </c>
       <c r="Q18" s="7">
         <v>1.62</v>
       </c>
       <c r="R18" s="7">
         <v>1.59</v>
       </c>
       <c r="S18" s="7">
-        <v>1.54</v>
+        <v>0.0</v>
       </c>
       <c r="T18" s="7">
-        <v>1.49</v>
+        <v>0.0</v>
       </c>
       <c r="U18" s="7">
-        <v>1.48</v>
+        <v>0.0</v>
       </c>
       <c r="V18" s="7">
-        <v>1.41</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:22">
       <c r="A19" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="7">
         <v>0.0</v>
       </c>
       <c r="C19" s="7">
         <v>0.0</v>
       </c>
       <c r="D19" s="7">
         <v>9.21</v>
       </c>
       <c r="E19" s="7">
         <v>9.17</v>
       </c>
       <c r="F19" s="7">
         <v>9.14</v>
       </c>
       <c r="G19" s="7">
         <v>9.19</v>
       </c>
       <c r="H19" s="7">
@@ -2915,108 +2915,108 @@
       </c>
       <c r="R14" s="7">
         <v>0.56</v>
       </c>
       <c r="S14" s="7">
         <v>0.46</v>
       </c>
       <c r="T14" s="7">
         <v>0.39</v>
       </c>
       <c r="U14" s="7">
         <v>0.3</v>
       </c>
       <c r="V14" s="7">
         <v>0.24</v>
       </c>
     </row>
     <row r="15" spans="1:22">
       <c r="A15" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="7">
         <v>0.0</v>
       </c>
       <c r="C15" s="7">
-        <v>0.0</v>
+        <v>1.33</v>
       </c>
       <c r="D15" s="7">
         <v>1.27</v>
       </c>
       <c r="E15" s="7">
         <v>1.25</v>
       </c>
       <c r="F15" s="7">
         <v>1.27</v>
       </c>
       <c r="G15" s="7">
         <v>1.23</v>
       </c>
       <c r="H15" s="7">
         <v>1.22</v>
       </c>
       <c r="I15" s="7">
         <v>1.2</v>
       </c>
       <c r="J15" s="7">
         <v>1.21</v>
       </c>
       <c r="K15" s="7">
         <v>1.23</v>
       </c>
       <c r="L15" s="7">
         <v>1.21</v>
       </c>
       <c r="M15" s="7">
         <v>1.23</v>
       </c>
       <c r="N15" s="7">
         <v>1.27</v>
       </c>
       <c r="O15" s="7">
         <v>1.25</v>
       </c>
       <c r="P15" s="7">
         <v>1.23</v>
       </c>
       <c r="Q15" s="7">
         <v>1.24</v>
       </c>
       <c r="R15" s="7">
         <v>1.21</v>
       </c>
       <c r="S15" s="7">
-        <v>1.13</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="7">
-        <v>1.09</v>
+        <v>0.0</v>
       </c>
       <c r="U15" s="7">
-        <v>1.08</v>
+        <v>0.0</v>
       </c>
       <c r="V15" s="7">
-        <v>1.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:22">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="7">
         <v>0.0</v>
       </c>
       <c r="C16" s="7">
         <v>0.0</v>
       </c>
       <c r="D16" s="7">
         <v>0.7</v>
       </c>
       <c r="E16" s="7">
         <v>0.7</v>
       </c>
       <c r="F16" s="7">
         <v>0.83</v>
       </c>
       <c r="G16" s="7">
         <v>0.83</v>
       </c>
       <c r="H16" s="7">
@@ -3609,108 +3609,108 @@
       </c>
       <c r="R14" s="7">
         <v>2.86</v>
       </c>
       <c r="S14" s="7">
         <v>1.77</v>
       </c>
       <c r="T14" s="7">
         <v>1.66</v>
       </c>
       <c r="U14" s="7">
         <v>1.5</v>
       </c>
       <c r="V14" s="7">
         <v>1.19</v>
       </c>
     </row>
     <row r="15" spans="1:22">
       <c r="A15" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="7">
         <v>0.0</v>
       </c>
       <c r="C15" s="7">
-        <v>0.0</v>
+        <v>4.21</v>
       </c>
       <c r="D15" s="7">
         <v>3.66</v>
       </c>
       <c r="E15" s="7">
         <v>3.28</v>
       </c>
       <c r="F15" s="7">
         <v>3.29</v>
       </c>
       <c r="G15" s="7">
         <v>3.09</v>
       </c>
       <c r="H15" s="7">
         <v>3.04</v>
       </c>
       <c r="I15" s="7">
         <v>2.87</v>
       </c>
       <c r="J15" s="7">
         <v>3.04</v>
       </c>
       <c r="K15" s="7">
         <v>3.22</v>
       </c>
       <c r="L15" s="7">
         <v>3.3</v>
       </c>
       <c r="M15" s="7">
         <v>3.36</v>
       </c>
       <c r="N15" s="7">
         <v>3.62</v>
       </c>
       <c r="O15" s="7">
         <v>3.65</v>
       </c>
       <c r="P15" s="7">
         <v>3.62</v>
       </c>
       <c r="Q15" s="7">
         <v>3.78</v>
       </c>
       <c r="R15" s="7">
         <v>3.67</v>
       </c>
       <c r="S15" s="7">
-        <v>3.29</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="7">
-        <v>3.11</v>
+        <v>0.0</v>
       </c>
       <c r="U15" s="7">
-        <v>3.15</v>
+        <v>0.0</v>
       </c>
       <c r="V15" s="7">
-        <v>3.0099999999999998</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:22">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="7">
         <v>0.0</v>
       </c>
       <c r="C16" s="7">
         <v>0.0</v>
       </c>
       <c r="D16" s="7">
         <v>1.33</v>
       </c>
       <c r="E16" s="7">
         <v>1.33</v>
       </c>
       <c r="F16" s="7">
         <v>1.34</v>
       </c>
       <c r="G16" s="7">
         <v>1.37</v>
       </c>
       <c r="H16" s="7">