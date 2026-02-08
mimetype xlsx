--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -994,108 +994,108 @@
       </c>
       <c r="R14" s="13">
         <v>2.86</v>
       </c>
       <c r="S14" s="13">
         <v>1.77</v>
       </c>
       <c r="T14" s="13">
         <v>1.66</v>
       </c>
       <c r="U14" s="13">
         <v>1.5</v>
       </c>
       <c r="V14" s="13">
         <v>1.19</v>
       </c>
     </row>
     <row r="15" spans="1:22">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="13">
         <v>0.0</v>
       </c>
       <c r="C15" s="13">
-        <v>0.0</v>
+        <v>4.21</v>
       </c>
       <c r="D15" s="13">
         <v>3.66</v>
       </c>
       <c r="E15" s="13">
         <v>3.28</v>
       </c>
       <c r="F15" s="13">
         <v>3.29</v>
       </c>
       <c r="G15" s="13">
         <v>3.09</v>
       </c>
       <c r="H15" s="13">
         <v>3.04</v>
       </c>
       <c r="I15" s="13">
         <v>2.87</v>
       </c>
       <c r="J15" s="13">
         <v>3.04</v>
       </c>
       <c r="K15" s="13">
         <v>3.22</v>
       </c>
       <c r="L15" s="13">
         <v>3.3</v>
       </c>
       <c r="M15" s="13">
         <v>3.36</v>
       </c>
       <c r="N15" s="13">
         <v>3.62</v>
       </c>
       <c r="O15" s="13">
         <v>3.65</v>
       </c>
       <c r="P15" s="13">
         <v>3.62</v>
       </c>
       <c r="Q15" s="13">
         <v>3.78</v>
       </c>
       <c r="R15" s="13">
         <v>3.67</v>
       </c>
       <c r="S15" s="13">
-        <v>3.29</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="13">
-        <v>3.11</v>
+        <v>0.0</v>
       </c>
       <c r="U15" s="13">
-        <v>3.15</v>
+        <v>0.0</v>
       </c>
       <c r="V15" s="13">
-        <v>3.0099999999999998</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:22">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13">
         <v>0.0</v>
       </c>
       <c r="C16" s="13">
         <v>0.0</v>
       </c>
       <c r="D16" s="13">
         <v>1.33</v>
       </c>
       <c r="E16" s="13">
         <v>1.33</v>
       </c>
       <c r="F16" s="13">
         <v>1.34</v>
       </c>
       <c r="G16" s="13">
         <v>1.37</v>
       </c>
       <c r="H16" s="13">