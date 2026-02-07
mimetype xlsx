--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -12,80 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Ratio de rendement des capitau…" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Espace utilisateurs payants. Les données ne sont pas disponibles !</t>
   </si>
   <si>
     <t>Texas Instruments Inc.</t>
   </si>
   <si>
     <t>Ratio de rendement des capitaux propres (ROE) (ajusté)</t>
   </si>
   <si>
     <t>Avant l’ajustement</t>
   </si>
   <si>
     <t>Sélection de données financières (en millions de dollars américains)</t>
   </si>
   <si>
     <t>Revenu net</t>
   </si>
   <si>
     <t>Capitaux propres</t>
   </si>
   <si>
     <t>Ratio de rentabilité</t>
   </si>
   <si>
     <t>ROE</t>
   </si>
   <si>
     <t>Après réglage : Retrait de l’écart d’acquisition du bilan</t>
+  </si>
+  <si>
+    <t>Bénéfice net ajusté</t>
   </si>
   <si>
     <t>Capitaux propres ajustés</t>
   </si>
   <si>
     <t>Ratio de rendement des capitaux propres (ajusté)</t>
   </si>
   <si>
     <t>Source: https://fr.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-40C]d mmm yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
@@ -551,63 +554,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="9" t="e">
         <v>#N/A</v>
       </c>
@@ -653,116 +656,116 @@
       <c r="C12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
       <c r="A14" s="7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="B15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="7" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="10" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B18" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B19" s="12"/>
       <c r="C19" s="12"/>
       <c r="D19" s="12"/>
       <c r="E19" s="12"/>
       <c r="F19" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>