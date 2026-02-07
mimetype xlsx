--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -29,51 +29,51 @@
     <sheet name="Valeur intrinsèque du stock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Texas Instruments Inc.</t>
   </si>
   <si>
     <t>Prévisions de dividendes par action (DPS)</t>
   </si>
   <si>
     <t>Année</t>
   </si>
   <si>
     <t>Valeur</t>
   </si>
   <si>
     <t>DPS(t) ou TV(t)</t>
   </si>
   <si>
-    <t>Valeur actualisée à 17.07%</t>
+    <t>Valeur actualisée à 17.50%</t>
   </si>
   <si>
     <t>DPS(0)</t>
   </si>
   <si>
     <t>DPS(1)</t>
   </si>
   <si>
     <t>DPS(2)</t>
   </si>
   <si>
     <t>DPS(3)</t>
   </si>
   <si>
     <t>DPS(4)</t>
   </si>
   <si>
     <t>DPS(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valeur intrinsèque de Texas Instruments Inc. ’action ordinaire (par action)</t>
   </si>
@@ -536,143 +536,143 @@
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="4">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="5">
-        <v>5.26</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="4">
         <v>1</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="5">
-        <v>6.13</v>
+        <v>6.12</v>
       </c>
       <c r="D6" s="5">
-        <v>5.23</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="4">
         <v>2</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="5">
-        <v>7.11</v>
+        <v>6.85</v>
       </c>
       <c r="D7" s="5">
-        <v>5.19</v>
+        <v>4.96</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="4">
         <v>3</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="5">
-        <v>8.2</v>
+        <v>7.74</v>
       </c>
       <c r="D8" s="5">
-        <v>5.11</v>
+        <v>4.77</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="4">
         <v>4</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="5">
-        <v>9.43</v>
+        <v>8.81</v>
       </c>
       <c r="D9" s="5">
-        <v>5.02</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="4">
         <v>5</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="5">
-        <v>10.78</v>
+        <v>10.1</v>
       </c>
       <c r="D10" s="5">
-        <v>4.9</v>
+        <v>4.51</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="4">
         <v>5</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="5">
-        <v>453.74000000000001</v>
+        <v>406.47000000000003</v>
       </c>
       <c r="D11" s="5">
-        <v>206.36000000000001</v>
+        <v>181.44999999999999</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="7">
-        <v>231.81</v>
+        <v>205.50999999999999</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="8">
         <v>221.44</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="9"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="A13:C13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>