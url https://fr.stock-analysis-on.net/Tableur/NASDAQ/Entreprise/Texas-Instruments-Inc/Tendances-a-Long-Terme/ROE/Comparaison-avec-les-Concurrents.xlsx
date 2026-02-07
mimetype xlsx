--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -472,54 +472,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L25"/>
+  <dimension ref="A1:L26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="L25" sqref="L25"/>
+      <selection activeCell="L26" sqref="L26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>3</v>
       </c>
@@ -528,823 +528,861 @@
       </c>
       <c r="F4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>9</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>10</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.2839</v>
+        <v>0.3073</v>
       </c>
       <c r="C5" s="6">
-        <v>0.0285</v>
+        <v>0.0688</v>
       </c>
       <c r="D5" s="6">
-        <v>0.0465</v>
+        <v>0.067</v>
       </c>
       <c r="E5" s="6">
-        <v>0.3777</v>
+        <v>0.3428</v>
       </c>
       <c r="F5" s="6">
-        <v>0.0871</v>
+        <v>0.2845</v>
       </c>
       <c r="G5" s="6">
-        <v>-0.1889</v>
+        <v>-0.0023</v>
       </c>
       <c r="H5" s="6">
-        <v>0.82</v>
+        <v>0.8656</v>
       </c>
       <c r="I5" s="6">
-        <v>0.4482</v>
+        <v>0.5433</v>
       </c>
       <c r="J5" s="6">
-        <v>0.0172</v>
+        <v>0.1576</v>
       </c>
       <c r="K5" s="6">
-        <v>0.6924</v>
+        <v>0.9187</v>
       </c>
       <c r="L5" s="6">
-        <v>0.386</v>
+        <v>0.2613</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.3853</v>
+        <v>0.2839</v>
       </c>
       <c r="C6" s="6">
-        <v>0.0153</v>
+        <v>0.0285</v>
       </c>
       <c r="D6" s="6">
-        <v>0.0932</v>
+        <v>0.0465</v>
       </c>
       <c r="E6" s="6">
-        <v>0.4194</v>
+        <v>0.3777</v>
       </c>
       <c r="F6" s="6">
-        <v>0.587</v>
+        <v>0.0871</v>
       </c>
       <c r="G6" s="6">
-        <v>0.016</v>
+        <v>-0.1889</v>
       </c>
       <c r="H6" s="6">
-        <v>1.1601</v>
+        <v>0.82</v>
       </c>
       <c r="I6" s="6">
-        <v>0.5494</v>
+        <v>0.4482</v>
       </c>
       <c r="J6" s="6">
-        <v>-0.1322</v>
+        <v>0.0172</v>
       </c>
       <c r="K6" s="6">
-        <v>0.1976</v>
+        <v>0.6924</v>
       </c>
       <c r="L6" s="6">
-        <v>0.3351</v>
+        <v>0.386</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>0.6002</v>
+        <v>0.3853</v>
       </c>
       <c r="C7" s="6">
-        <v>0.0241</v>
+        <v>0.0153</v>
       </c>
       <c r="D7" s="6">
-        <v>0.0754</v>
+        <v>0.0932</v>
       </c>
       <c r="E7" s="6">
-        <v>0.5351</v>
+        <v>0.4194</v>
       </c>
       <c r="F7" s="6">
-        <v>0.5062</v>
+        <v>0.587</v>
       </c>
       <c r="G7" s="6">
-        <v>0.079</v>
+        <v>0.016</v>
       </c>
       <c r="H7" s="6">
-        <v>2.3704</v>
+        <v>1.1601</v>
       </c>
       <c r="I7" s="6">
-        <v>0.7335</v>
+        <v>0.5494</v>
       </c>
       <c r="J7" s="6">
-        <v>0.1741</v>
+        <v>-0.1322</v>
       </c>
       <c r="K7" s="6">
-        <v>0.3665</v>
+        <v>0.1976</v>
       </c>
       <c r="L7" s="6">
-        <v>0.7181</v>
+        <v>0.3351</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.5827</v>
+        <v>0.6002</v>
       </c>
       <c r="C8" s="6">
-        <v>0.4218</v>
+        <v>0.0241</v>
       </c>
       <c r="D8" s="6">
-        <v>0.0366</v>
+        <v>0.0754</v>
       </c>
       <c r="E8" s="6">
-        <v>0.4808</v>
+        <v>0.5351</v>
       </c>
       <c r="F8" s="6">
-        <v>0.2699</v>
+        <v>0.5062</v>
       </c>
       <c r="G8" s="6">
-        <v>0.2083</v>
+        <v>0.079</v>
       </c>
       <c r="H8" s="6">
-        <v>0.6153</v>
+        <v>2.3704</v>
       </c>
       <c r="I8" s="6">
-        <v>0.6485</v>
+        <v>0.7335</v>
       </c>
       <c r="J8" s="6">
-        <v>0.1334</v>
+        <v>0.1741</v>
       </c>
       <c r="K8" s="6">
-        <v>0.2564</v>
+        <v>0.3665</v>
       </c>
       <c r="L8" s="6">
-        <v>0.9088</v>
+        <v>0.7181</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.609</v>
+        <v>0.5827</v>
       </c>
       <c r="C9" s="6">
-        <v>0.4266</v>
+        <v>0.4218</v>
       </c>
       <c r="D9" s="6">
-        <v>0.1017</v>
+        <v>0.0366</v>
       </c>
       <c r="E9" s="6">
-        <v>0.3421</v>
+        <v>0.4808</v>
       </c>
       <c r="F9" s="6">
-        <v>0.124</v>
+        <v>0.2699</v>
       </c>
       <c r="G9" s="6">
-        <v>0.2579</v>
+        <v>0.2083</v>
       </c>
       <c r="H9" s="6">
-        <v>0.4565</v>
+        <v>0.6153</v>
       </c>
       <c r="I9" s="6">
-        <v>0.4353</v>
+        <v>0.6485</v>
       </c>
       <c r="J9" s="6">
-        <v>0.0689</v>
+        <v>0.1334</v>
       </c>
       <c r="K9" s="6">
-        <v>0.2291</v>
+        <v>0.2564</v>
       </c>
       <c r="L9" s="6">
-        <v>0.8554</v>
+        <v>0.9088</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>0.5633</v>
+        <v>0.609</v>
       </c>
       <c r="C10" s="6">
-        <v>0.1206</v>
+        <v>0.4266</v>
       </c>
       <c r="D10" s="6">
-        <v>0.1164</v>
+        <v>0.1017</v>
       </c>
       <c r="E10" s="6">
-        <v>0.3294</v>
+        <v>0.3421</v>
       </c>
       <c r="F10" s="6">
-        <v>0.1092</v>
+        <v>0.124</v>
       </c>
       <c r="G10" s="6">
-        <v>0.2716</v>
+        <v>0.2579</v>
       </c>
       <c r="H10" s="6">
-        <v>0.4421</v>
+        <v>0.4565</v>
       </c>
       <c r="I10" s="6">
-        <v>0.4689</v>
+        <v>0.4353</v>
       </c>
       <c r="J10" s="6">
-        <v>0.1759</v>
+        <v>0.0689</v>
       </c>
       <c r="K10" s="6">
-        <v>0.4433</v>
+        <v>0.2291</v>
       </c>
       <c r="L10" s="6">
-        <v>0.8935</v>
+        <v>0.8554</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>0.6204</v>
+        <v>0.5633</v>
       </c>
       <c r="C11" s="6">
-        <v>0.2662</v>
+        <v>0.1206</v>
       </c>
       <c r="D11" s="6">
-        <v>0.1361</v>
+        <v>0.1164</v>
       </c>
       <c r="E11" s="6">
-        <v>0.4844</v>
+        <v>0.3294</v>
       </c>
       <c r="F11" s="6">
-        <v>0.4599</v>
+        <v>0.1092</v>
       </c>
       <c r="G11" s="6">
-        <v>0.2824</v>
+        <v>0.2716</v>
       </c>
       <c r="H11" s="6">
-        <v>0.4951</v>
+        <v>0.4421</v>
       </c>
       <c r="I11" s="6">
-        <v>0.3662</v>
+        <v>0.4689</v>
       </c>
       <c r="J11" s="6">
-        <v>0.4377</v>
+        <v>0.1759</v>
       </c>
       <c r="K11" s="6">
-        <v>0.4078</v>
+        <v>0.4433</v>
       </c>
       <c r="L11" s="6">
-        <v>-5.2414</v>
+        <v>0.8935</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>0.3562</v>
+        <v>0.6204</v>
       </c>
       <c r="C12" s="6">
-        <v>0.0704</v>
+        <v>0.2662</v>
       </c>
       <c r="D12" s="6">
-        <v>0.0716</v>
+        <v>0.1361</v>
       </c>
       <c r="E12" s="6">
-        <v>0.3673</v>
+        <v>0.4844</v>
       </c>
       <c r="F12" s="6">
-        <v>0.0834</v>
+        <v>0.4599</v>
       </c>
       <c r="G12" s="6">
-        <v>0.1391</v>
+        <v>0.2824</v>
       </c>
       <c r="H12" s="6">
-        <v>0.6982</v>
+        <v>0.4951</v>
       </c>
       <c r="I12" s="6">
-        <v>0.249</v>
+        <v>0.3662</v>
       </c>
       <c r="J12" s="6">
-        <v>0.2733</v>
+        <v>0.4377</v>
       </c>
       <c r="K12" s="6">
-        <v>0.2891</v>
+        <v>0.4078</v>
       </c>
       <c r="L12" s="6">
-        <v>0.0802</v>
+        <v>-5.2414</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>0.3433</v>
+        <v>0.3562</v>
       </c>
       <c r="C13" s="6">
-        <v>-1.1947</v>
+        <v>0.0704</v>
       </c>
       <c r="D13" s="6">
-        <v>0.1668</v>
+        <v>0.0716</v>
       </c>
       <c r="E13" s="6">
-        <v>0.2385</v>
+        <v>0.3673</v>
       </c>
       <c r="F13" s="6">
-        <v>-0.092</v>
+        <v>0.0834</v>
       </c>
       <c r="G13" s="6">
-        <v>0.1558</v>
+        <v>0.1391</v>
       </c>
       <c r="H13" s="6">
-        <v>1.0222</v>
+        <v>0.6982</v>
       </c>
       <c r="I13" s="6">
-        <v>0.1551</v>
+        <v>0.249</v>
       </c>
       <c r="J13" s="6">
-        <v>-0.0228</v>
+        <v>0.2733</v>
       </c>
       <c r="K13" s="6">
-        <v>0.1374</v>
+        <v>0.2891</v>
       </c>
       <c r="L13" s="6">
-        <v>0.1795</v>
+        <v>0.0802</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>0.3002</v>
+        <v>0.3433</v>
       </c>
       <c r="C14" s="6">
-        <v>0.0</v>
+        <v>-1.1947</v>
       </c>
       <c r="D14" s="6">
+        <v>0.1668</v>
+      </c>
+      <c r="E14" s="6">
+        <v>0.2385</v>
+      </c>
+      <c r="F14" s="6">
+        <v>-0.092</v>
+      </c>
+      <c r="G14" s="6">
+        <v>0.1558</v>
+      </c>
+      <c r="H14" s="6">
+        <v>1.0222</v>
+      </c>
+      <c r="I14" s="6">
+        <v>0.1551</v>
+      </c>
+      <c r="J14" s="6">
+        <v>-0.0228</v>
+      </c>
+      <c r="K14" s="6">
         <v>0.1374</v>
       </c>
-      <c r="E14" s="6">
-[...19 lines deleted...]
-      </c>
       <c r="L14" s="6">
-        <v>0.1678</v>
+        <v>0.1795</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>0.2715</v>
+        <v>0.3002</v>
       </c>
       <c r="C15" s="6">
-        <v>-2.1551</v>
+        <v>0.0</v>
       </c>
       <c r="D15" s="6">
-        <v>0.1323</v>
+        <v>0.1374</v>
       </c>
       <c r="E15" s="6">
-        <v>0.1362</v>
+        <v>0.1809</v>
       </c>
       <c r="F15" s="6">
-        <v>0.0811</v>
+        <v>0.2894</v>
       </c>
       <c r="G15" s="6">
-        <v>0.2095</v>
+        <v>0.187</v>
       </c>
       <c r="H15" s="6">
-        <v>0.1588</v>
+        <v>0.8688</v>
       </c>
       <c r="I15" s="6">
-        <v>0.1257</v>
+        <v>0.1285</v>
       </c>
       <c r="J15" s="6">
-        <v>0.2827</v>
+        <v>0.2357</v>
       </c>
       <c r="K15" s="6">
-        <v>0.0987</v>
+        <v>0.1427</v>
       </c>
       <c r="L15" s="6">
-        <v>0.2034</v>
+        <v>0.1678</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>0.2001</v>
+        <v>0.2715</v>
       </c>
       <c r="C16" s="6">
-        <v>-0.1526</v>
+        <v>-2.1551</v>
       </c>
       <c r="D16" s="6">
-        <v>0.1421</v>
+        <v>0.1323</v>
       </c>
       <c r="E16" s="6">
-        <v>0.0361</v>
+        <v>0.1362</v>
       </c>
       <c r="F16" s="6">
-        <v>0.1913</v>
+        <v>0.0811</v>
       </c>
       <c r="G16" s="6">
-        <v>0.1651</v>
+        <v>0.2095</v>
       </c>
       <c r="H16" s="6">
-        <v>0.156</v>
+        <v>0.1588</v>
       </c>
       <c r="I16" s="6">
-        <v>0.0254</v>
+        <v>0.1257</v>
       </c>
       <c r="J16" s="6">
-        <v>0.1302</v>
+        <v>0.2827</v>
       </c>
       <c r="K16" s="6">
-        <v>0.1165</v>
+        <v>0.0987</v>
       </c>
       <c r="L16" s="6">
-        <v>0.1899</v>
+        <v>0.2034</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>0.1605</v>
+        <v>0.2001</v>
       </c>
       <c r="C17" s="6">
-        <v>-2.1989</v>
+        <v>-0.1526</v>
       </c>
       <c r="D17" s="6">
-        <v>0.1563</v>
+        <v>0.1421</v>
       </c>
       <c r="E17" s="6">
-        <v>0.0151</v>
+        <v>0.0361</v>
       </c>
       <c r="F17" s="6">
-        <v>0.2327</v>
+        <v>0.1913</v>
       </c>
       <c r="G17" s="6">
-        <v>0.2149</v>
+        <v>0.1651</v>
       </c>
       <c r="H17" s="6">
-        <v>0.228</v>
+        <v>0.156</v>
       </c>
       <c r="I17" s="6">
-        <v>0.0329</v>
+        <v>0.0254</v>
       </c>
       <c r="J17" s="6">
-        <v>-0.134</v>
+        <v>0.1302</v>
       </c>
       <c r="K17" s="6">
-        <v>0.1402</v>
+        <v>0.1165</v>
       </c>
       <c r="L17" s="6">
-        <v>0.1822</v>
+        <v>0.1899</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>0.2042</v>
+        <v>0.1605</v>
       </c>
       <c r="C18" s="6">
-        <v>0.3088</v>
+        <v>-2.1989</v>
       </c>
       <c r="D18" s="6">
-        <v>0.2285</v>
+        <v>0.1563</v>
       </c>
       <c r="E18" s="6">
-        <v>0.2189</v>
+        <v>0.0151</v>
       </c>
       <c r="F18" s="6">
-        <v>0.2752</v>
+        <v>0.2327</v>
       </c>
       <c r="G18" s="6">
-        <v>0.2819</v>
+        <v>0.2149</v>
       </c>
       <c r="H18" s="6">
-        <v>0.2777</v>
+        <v>0.228</v>
       </c>
       <c r="I18" s="6">
-        <v>0.293</v>
+        <v>0.0329</v>
       </c>
       <c r="J18" s="6">
-        <v>0.0197</v>
+        <v>-0.134</v>
       </c>
       <c r="K18" s="6">
-        <v>0.0796</v>
+        <v>0.1402</v>
       </c>
       <c r="L18" s="6">
-        <v>0.1581</v>
+        <v>0.1822</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>0.3093</v>
+        <v>0.2042</v>
       </c>
       <c r="C19" s="6">
-        <v>0.465</v>
+        <v>0.3088</v>
       </c>
       <c r="D19" s="6">
-        <v>0.2225</v>
+        <v>0.2285</v>
       </c>
       <c r="E19" s="6">
-        <v>0.1244</v>
+        <v>0.2189</v>
       </c>
       <c r="F19" s="6">
-        <v>0.2757</v>
+        <v>0.2752</v>
       </c>
       <c r="G19" s="6">
-        <v>0.2319</v>
+        <v>0.2819</v>
       </c>
       <c r="H19" s="6">
-        <v>0.0945</v>
+        <v>0.2777</v>
       </c>
       <c r="I19" s="6">
-        <v>0.1961</v>
+        <v>0.293</v>
       </c>
       <c r="J19" s="6">
-        <v>0.2307</v>
+        <v>0.0197</v>
       </c>
       <c r="K19" s="6">
-        <v>-0.0255</v>
+        <v>0.0796</v>
       </c>
       <c r="L19" s="6">
-        <v>0.1557</v>
+        <v>0.1581</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>0.1512</v>
+        <v>0.3093</v>
       </c>
       <c r="C20" s="6">
-        <v>0.4691</v>
+        <v>0.465</v>
       </c>
       <c r="D20" s="6">
-        <v>0.098</v>
+        <v>0.2225</v>
       </c>
       <c r="E20" s="6">
-        <v>-0.043</v>
+        <v>0.1244</v>
       </c>
       <c r="F20" s="6">
-        <v>-0.0423</v>
+        <v>0.2757</v>
       </c>
       <c r="G20" s="6">
-        <v>0.1048</v>
+        <v>0.2319</v>
       </c>
       <c r="H20" s="6">
-        <v>-0.2396</v>
+        <v>0.0945</v>
       </c>
       <c r="I20" s="6">
-        <v>-0.2079</v>
+        <v>0.1961</v>
       </c>
       <c r="J20" s="6">
-        <v>-0.3943</v>
+        <v>0.2307</v>
       </c>
       <c r="K20" s="6">
-        <v>-0.0125</v>
+        <v>-0.0255</v>
       </c>
       <c r="L20" s="6">
-        <v>0.0784</v>
+        <v>0.1557</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>0.2059</v>
+        <v>0.1512</v>
       </c>
       <c r="C21" s="6">
-        <v>0.0</v>
+        <v>0.4691</v>
       </c>
       <c r="D21" s="6">
-        <v>0.3249</v>
+        <v>0.098</v>
       </c>
       <c r="E21" s="6">
-        <v>0.1273</v>
+        <v>-0.043</v>
       </c>
       <c r="F21" s="6">
-        <v>0.0</v>
+        <v>-0.0423</v>
       </c>
       <c r="G21" s="6">
-        <v>0.1354</v>
+        <v>0.1048</v>
       </c>
       <c r="H21" s="6">
-        <v>0.1204</v>
+        <v>-0.2396</v>
       </c>
       <c r="I21" s="6">
-        <v>0.247</v>
+        <v>-0.2079</v>
       </c>
       <c r="J21" s="6">
-        <v>-0.2621</v>
+        <v>-0.3943</v>
       </c>
       <c r="K21" s="6">
-        <v>0.3047</v>
+        <v>-0.0125</v>
       </c>
       <c r="L21" s="6">
-        <v>0.1761</v>
+        <v>0.0784</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>0.2664</v>
+        <v>0.2059</v>
       </c>
       <c r="C22" s="6">
-        <v>-1.1301</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="6">
-        <v>0.2125</v>
+        <v>0.3249</v>
       </c>
       <c r="E22" s="6">
-        <v>0.2187</v>
+        <v>0.1273</v>
       </c>
       <c r="F22" s="6">
         <v>0.0</v>
       </c>
       <c r="G22" s="6">
-        <v>0.1631</v>
+        <v>0.1354</v>
       </c>
       <c r="H22" s="6">
-        <v>0.1488</v>
+        <v>0.1204</v>
       </c>
       <c r="I22" s="6">
-        <v>0.583</v>
+        <v>0.247</v>
       </c>
       <c r="J22" s="6">
-        <v>-0.0413</v>
+        <v>-0.2621</v>
       </c>
       <c r="K22" s="6">
-        <v>0.2236</v>
+        <v>0.3047</v>
       </c>
       <c r="L22" s="6">
-        <v>0.2086</v>
+        <v>0.1761</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>0.3821</v>
+        <v>0.2664</v>
       </c>
       <c r="C23" s="6">
-        <v>-0.0287</v>
+        <v>-1.1301</v>
       </c>
       <c r="D23" s="6">
-        <v>0.1599</v>
+        <v>0.2125</v>
       </c>
       <c r="E23" s="6">
-        <v>0.228</v>
+        <v>0.2187</v>
       </c>
       <c r="F23" s="6">
         <v>0.0</v>
       </c>
       <c r="G23" s="6">
-        <v>0.1372</v>
+        <v>0.1631</v>
       </c>
       <c r="H23" s="6">
-        <v>0.1066</v>
+        <v>0.1488</v>
       </c>
       <c r="I23" s="6">
-        <v>0.2405</v>
+        <v>0.583</v>
       </c>
       <c r="J23" s="6">
-        <v>0.0503</v>
+        <v>-0.0413</v>
       </c>
       <c r="K23" s="6">
-        <v>0.2076</v>
+        <v>0.2236</v>
       </c>
       <c r="L23" s="6">
-        <v>0.1842</v>
+        <v>0.2086</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24" s="5">
-        <v>38717</v>
+        <v>39082</v>
       </c>
       <c r="B24" s="6">
-        <v>0.1947</v>
+        <v>0.3821</v>
       </c>
       <c r="C24" s="6">
-        <v>0.0494</v>
+        <v>-0.0287</v>
       </c>
       <c r="D24" s="6">
-        <v>0.1124</v>
+        <v>0.1599</v>
       </c>
       <c r="E24" s="6">
-        <v>0.1355</v>
+        <v>0.228</v>
       </c>
       <c r="F24" s="6">
         <v>0.0</v>
       </c>
       <c r="G24" s="6">
+        <v>0.1372</v>
+      </c>
+      <c r="H24" s="6">
+        <v>0.1066</v>
+      </c>
+      <c r="I24" s="6">
+        <v>0.2405</v>
+      </c>
+      <c r="J24" s="6">
+        <v>0.0503</v>
+      </c>
+      <c r="K24" s="6">
+        <v>0.2076</v>
+      </c>
+      <c r="L24" s="6">
+        <v>0.1842</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="5">
+        <v>38717</v>
+      </c>
+      <c r="B25" s="6">
+        <v>0.1947</v>
+      </c>
+      <c r="C25" s="6">
+        <v>0.0494</v>
+      </c>
+      <c r="D25" s="6">
+        <v>0.1124</v>
+      </c>
+      <c r="E25" s="6">
+        <v>0.1355</v>
+      </c>
+      <c r="F25" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G25" s="6">
         <v>0.2395</v>
       </c>
-      <c r="H24" s="6">
+      <c r="H25" s="6">
         <v>0.1533</v>
       </c>
-      <c r="I24" s="6">
+      <c r="I25" s="6">
         <v>0.2806</v>
       </c>
-      <c r="J24" s="6">
+      <c r="J25" s="6">
         <v>0.0322</v>
       </c>
-      <c r="K24" s="6">
+      <c r="K25" s="6">
         <v>0.0852</v>
       </c>
-      <c r="L24" s="6">
+      <c r="L25" s="6">
         <v>0.1927</v>
       </c>
     </row>
-    <row r="25" spans="1:12">
-      <c r="A25" s="7" t="s">
+    <row r="26" spans="1:12">
+      <c r="A26" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="B25" s="7"/>
-[...9 lines deleted...]
-      <c r="L25" s="7"/>
+      <c r="B26" s="7"/>
+      <c r="C26" s="7"/>
+      <c r="D26" s="7"/>
+      <c r="E26" s="7"/>
+      <c r="F26" s="7"/>
+      <c r="G26" s="7"/>
+      <c r="H26" s="7"/>
+      <c r="I26" s="7"/>
+      <c r="J26" s="7"/>
+      <c r="K26" s="7"/>
+      <c r="L26" s="7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">